--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -4,94 +4,94 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Case Folders\Wellmade Floor Coverings Intl\Limited Service List\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9388B949-A592-42A2-8688-3EB0BE1D9B84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8959A186-483F-43E1-B9E7-E95BBC8E6AFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="919" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Limited Service List" sheetId="15" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="DEBTORS">'[1]List of Debtors'!$A$2:$A$36</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Limited Service List'!$A$1:$M$25</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Limited Service List'!$A$1:$M$29</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Limited Service List'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="216">
   <si>
     <t>CreditorName</t>
   </si>
   <si>
     <t>CreditorNoticeName</t>
   </si>
   <si>
     <t>Address1</t>
   </si>
   <si>
     <t>Address2</t>
   </si>
   <si>
     <t>Address3</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip</t>
   </si>
   <si>
@@ -427,102 +427,90 @@
   <si>
     <t>80203</t>
   </si>
   <si>
     <t>1700 Lincoln Street, Suite 2150</t>
   </si>
   <si>
     <t>Rountree Leitman Klein &amp; Geer LLC</t>
   </si>
   <si>
     <t>2987 Clairmont Road, Suite 350</t>
   </si>
   <si>
     <t>30329</t>
   </si>
   <si>
     <t>William A Rountree, Will B Geer, and Ceci Christy</t>
   </si>
   <si>
     <t>Counsel to SummitBridge National Investments VIII, LLC</t>
   </si>
   <si>
     <t>404-584-1238</t>
   </si>
   <si>
-    <t>Counsel for Creditors Yu Cong Liu, Yixiang Zhang, Can Gen Han, Nan Liu, Hai Tao Sun, Yao Yan, Jiansheng Yin, Shenxiang Yu, and Shuai Zhang</t>
-[...1 lines deleted...]
-  <si>
     <t>Radford Scott LLP</t>
   </si>
   <si>
-    <t>Daniel Werner</t>
-[...1 lines deleted...]
-  <si>
     <t>125 Clairemont Ave., Suite 380</t>
   </si>
   <si>
     <t>Decatur</t>
   </si>
   <si>
     <t>30030</t>
   </si>
   <si>
     <t>678-271-0304</t>
   </si>
   <si>
-    <t>dwerner@radfordscott.com</t>
-[...1 lines deleted...]
-  <si>
     <t>ATLReorg@sec.gov</t>
   </si>
   <si>
     <t>Aaron Halegua, PLLC</t>
   </si>
   <si>
     <t>Aaron Halegua</t>
   </si>
   <si>
     <t>524 Broadway, 11th Floor</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>10012</t>
   </si>
   <si>
     <t>646-854-9061</t>
   </si>
   <si>
     <t>ah@aaronhalegua.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>Counsel for Creditors Yu Cong Liu, Yixiang Zhang, Can Gen Han, Nan Liu, Hai Tao Sun, Yao Yan, Jiansheng Yin, Shenxiang Yu, and Shuai Zhang; Committee of Unsecured Creditors</t>
   </si>
   <si>
     <t>Attorneys for Oracle America, Inc.</t>
   </si>
   <si>
     <t>Shawn M. Christianson, Esq.</t>
   </si>
   <si>
     <t>Buchalter, A Professional Corporation</t>
   </si>
   <si>
     <t>425 Market Street, Suite 2900</t>
   </si>
   <si>
     <t>San Francisco</t>
   </si>
   <si>
     <t>94105-3493</t>
   </si>
   <si>
     <t>415-227-0900</t>
   </si>
   <si>
     <t>schristianson@buchalter.com</t>
   </si>
@@ -591,75 +579,169 @@
     <t>A.Todd Sprinkle</t>
   </si>
   <si>
     <t xml:space="preserve">Gus H. Small, Anna M. Humnicky, Andy T. Nguyen, Benjamin S. Klehr </t>
   </si>
   <si>
     <t>Counsel for Creditor Anthony Davis</t>
   </si>
   <si>
     <t>The Workers’ Firm</t>
   </si>
   <si>
     <t>Patrick Reid</t>
   </si>
   <si>
     <t>7000 Central Parkway, Suite 1100, Office 23</t>
   </si>
   <si>
     <t>30328</t>
   </si>
   <si>
     <t>404-382-9660</t>
   </si>
   <si>
     <t>patrick@theworkersfirm.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Parker, Hudson, Rainer &amp; Dobbs LLP</t>
+  </si>
+  <si>
+    <t>Counsel for Lex 51 Bartow LLC</t>
+  </si>
+  <si>
+    <t>303 Peachtree St NE, Suite 3600</t>
+  </si>
+  <si>
+    <t>Sameer K. Kapoor</t>
+  </si>
+  <si>
+    <t>30308</t>
+  </si>
+  <si>
+    <t>404-523-5300</t>
+  </si>
+  <si>
+    <t>skapoor@phrd.com</t>
+  </si>
+  <si>
+    <t>Counsel for Oracle America, Inc.</t>
+  </si>
+  <si>
+    <t>Jones &amp; Walden LLC</t>
+  </si>
+  <si>
+    <t>Eric J. Breithaupt</t>
+  </si>
+  <si>
+    <t>699 Piedmont Avenue NE</t>
+  </si>
+  <si>
+    <t>ebreithaupt@joneswalden.com</t>
+  </si>
+  <si>
+    <t>404-564-9300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Counsel for Chep USA, Inc. </t>
+  </si>
+  <si>
+    <t>Gary W. Marsh</t>
+  </si>
+  <si>
+    <t>600 Peachtree Street, NE, Suite 3000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Troutman Pepper Locke LLP </t>
+  </si>
+  <si>
+    <t>404-885-2752</t>
+  </si>
+  <si>
+    <t>gary.marsh@troutman.com</t>
+  </si>
+  <si>
+    <t>Counsel for Creditors Yu Cong Liu, Yixiang Zhang, Can Gen Han, Nan Liu, Hai Tao Sun, Yao Yan, Jiansheng Yin, Shenxiang Yu, Shuai Zhang, Eglis Almarza, Wen Chen, Yorman Ojeda, Marianela Pina Yaguari, Jinchao Si, Shunkui Wang, Jiagen Yang, Shengda Yu, and Shun Yu</t>
+  </si>
+  <si>
+    <t>Daniel Werner, Elaine Woo</t>
+  </si>
+  <si>
+    <t>Levene, Neale, Bender, Yoo &amp; Golubchik L.L.P.</t>
+  </si>
+  <si>
+    <t>John-Patrick M. Fritz</t>
+  </si>
+  <si>
+    <t>2818 La Cienega Avenue</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>90034</t>
+  </si>
+  <si>
+    <t>310-229-1234</t>
+  </si>
+  <si>
+    <t>JPF@lnbyg.com</t>
+  </si>
+  <si>
+    <t>Counsel for Creditors Yu Cong Liu, Yixiang Zhang, Can Gen Han, Nan Liu, Hai Tao Sun, Yao Yan, Jiansheng Yin, Shenxiang Yu, Shuai Zhang, Eglis Almarza, Wen Chen, Yorman Ojeda, Marianela Pina Yaguari, Jinchao Si, Shunkui Wang, Jiagen Yang, Shengda Yu, and Shun Yu; Committee of Unsecured Creditors</t>
   </si>
   <si>
     <t>wellmadeinfo@veritaglobal.com</t>
   </si>
   <si>
     <t>ElrodJ@gtlaw.com;
 Allison.McGregor@gtlaw.com;
 Jake.Evans@gtlaw.com</t>
   </si>
   <si>
     <t>ajowers@kslaw.com;
 christopher.coleman@kslaw.com</t>
   </si>
   <si>
     <t>AttorneyGeneral@doj.state.or.us;
-Lisa.Udland@doj.state.or.us</t>
+ORDOJBankruptcyNotices@doj.oregon.gov</t>
   </si>
   <si>
     <t>mmarani@cpmtlaw.com;
 bwalker@cpmtlaw.com</t>
   </si>
   <si>
     <t>wrountree@rlkglaw.com;
 wgeer@rlkglaw.com;
 cchristy@rlkglaw.com</t>
+  </si>
+  <si>
+    <t>dwerner@radfordscott.com;
+ewoo@radfordscott.com</t>
   </si>
   <si>
     <t>bsandler@pszjlaw.com;
 scho@pszjlaw.com;
 mlitvak@pszjlaw.com;
 cmackle@pszjlaw.com;
 theckel@pszjlaw.com</t>
   </si>
   <si>
     <t>gsmall@smallherrin.com;
 ahumnicky@smallherrin.com;
 anguyen@smallherrin.com;
 bklehr@smallherrin.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
@@ -828,95 +910,89 @@
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="15" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="15" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="30">
     <cellStyle name="Currency 2" xfId="17" xr:uid="{708F0EE7-E38C-4C7E-A53F-3126802A26E0}"/>
     <cellStyle name="Hyperlink" xfId="29" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Hyperlink 4" xfId="7" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Hyperlink 5" xfId="11" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Hyperlink 5 2" xfId="25" xr:uid="{9583AC0C-B8EC-4D3D-90A9-B0A7E77190F6}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="15" xr:uid="{3CBD229D-04DB-49AA-B642-F2819A8EE393}"/>
     <cellStyle name="Normal 10 2" xfId="14" xr:uid="{1FE3221F-61C1-48B6-A58F-681F95A11773}"/>
     <cellStyle name="Normal 10 3" xfId="28" xr:uid="{2CEF7714-1C44-4452-ACFE-984EC4EA2779}"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 2 2 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 2 2 2 2" xfId="24" xr:uid="{45DA905D-6AF0-4EF1-B481-D30DB516E776}"/>
     <cellStyle name="Normal 2 2 3" xfId="20" xr:uid="{83131AF5-5B50-4F5C-B24B-2F5651C57646}"/>
     <cellStyle name="Normal 2 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 2 3 2" xfId="8" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 2 3 2 2" xfId="22" xr:uid="{6647D67F-ADD1-48C9-807E-8E8355812288}"/>
     <cellStyle name="Normal 2 3 3" xfId="21" xr:uid="{BD69D6C7-A2BE-4044-84ED-7B1F3D0FD8E7}"/>
     <cellStyle name="Normal 2 4" xfId="9" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
@@ -1256,1038 +1332,1025 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lindsay.p.kolba@usdoj.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{512EE666-FCEB-41D4-BA20-279B07D02E25}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AC25"/>
+  <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H1" sqref="H1"/>
-      <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75" outlineLevelCol="2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="34.28515625" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="12" width="34.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="27.7109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="28.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="25.28515625" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="4" max="4" width="20.7109375" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="21.85546875" style="1" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="6" max="6" width="13.140625" style="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="7" max="7" width="5.85546875" style="1" customWidth="1" outlineLevel="1"/>
+    <col min="8" max="8" width="10.85546875" style="4" bestFit="1" customWidth="1" outlineLevel="1"/>
+    <col min="9" max="9" width="13.140625" style="1" hidden="1" customWidth="1" outlineLevel="2"/>
+    <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="11" max="11" width="12.5703125" style="1" bestFit="1" customWidth="1" outlineLevel="1"/>
+    <col min="12" max="12" width="37.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="32.5703125" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" s="3" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" s="3" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="2" spans="1:29" s="7" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="7" t="s">
+    <row r="2" spans="1:13" ht="114.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="F2" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B2" s="7" t="s">
+      <c r="G2" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C2" s="7" t="s">
+      <c r="H2" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="F2" s="7" t="s">
+      <c r="J2" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="G2" s="7" t="s">
+      <c r="L2" s="10" t="s">
         <v>139</v>
       </c>
-      <c r="H2" s="12" t="s">
+      <c r="M2" s="1" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A3" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+      <c r="F3" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="G3" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I3" s="7"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="7"/>
+      <c r="L3" s="7"/>
+      <c r="M3" s="7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="L4" s="10" t="s">
+        <v>147</v>
+      </c>
+      <c r="M4" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="J2" s="7" t="s">
-[...38 lines deleted...]
-      <c r="G3" s="11" t="s">
+    </row>
+    <row r="5" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A6" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="I6" s="7"/>
+      <c r="J6" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="K6" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="L6" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="M6" s="7" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" s="7"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I7" s="7"/>
+      <c r="J7" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="M7" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" s="7"/>
+      <c r="F8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I8" s="7"/>
+      <c r="J8" s="7"/>
+      <c r="K8" s="7"/>
+      <c r="L8" s="10"/>
+      <c r="M8" s="7" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A10" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G10" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="H3" s="6" t="s">
-[...39 lines deleted...]
-      <c r="G4" s="7" t="s">
+      <c r="H10" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K10" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L10" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M10" s="7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A11" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="L11" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="8"/>
+      <c r="F12" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="H4" s="12" t="s">
-[...272 lines deleted...]
-      <c r="H11" s="9">
+      <c r="H12" s="9">
         <v>90245</v>
       </c>
-      <c r="I11" s="5"/>
-[...26 lines deleted...]
-      <c r="A12" s="11" t="s">
+      <c r="I12" s="8"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="M12" s="8" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="B12" s="7" t="s">
+      <c r="B13" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C12" s="11" t="s">
+      <c r="C13" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="D12" s="11" t="s">
+      <c r="D13" s="7" t="s">
         <v>94</v>
-      </c>
-[...33 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E13" s="7"/>
       <c r="F13" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="H13" s="12" t="s">
-        <v>17</v>
+      <c r="H13" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="I13" s="7"/>
       <c r="J13" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" s="7"/>
+      <c r="L13" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="M13" s="7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="102" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="L14" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A15" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="K13" s="7"/>
-      <c r="L13" s="14" t="s">
+      <c r="L15" s="12" t="s">
         <v>112</v>
       </c>
-      <c r="M13" s="13" t="s">
+      <c r="M15" s="11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="14" spans="1:29" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A14" s="11" t="s">
+    <row r="16" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A16" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="B14" s="11" t="s">
+      <c r="B16" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="C14" s="11" t="s">
+      <c r="C16" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="D14" s="7"/>
-[...69 lines deleted...]
-      <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="G16" s="7" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>75</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>76</v>
       </c>
       <c r="I16" s="7"/>
       <c r="J16" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="K16" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="L16" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="M16" s="7" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A17" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H17" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="L17" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="M17" s="1" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A18" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="L18" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A19" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="L19" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="M19" s="1" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="102" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="L20" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="M20" s="1" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="L21" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="M21" s="1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D22" s="7"/>
+      <c r="E22" s="7"/>
+      <c r="F22" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I22" s="7"/>
+      <c r="J22" s="7"/>
+      <c r="K22" s="7"/>
+      <c r="L22" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M22" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+      <c r="A23" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="L23" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="M23" s="1" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A24" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H24" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="M24" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A25" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E25" s="7"/>
+      <c r="F25" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I25" s="7"/>
+      <c r="J25" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K25" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="L25" s="7"/>
+      <c r="M25" s="7" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A26" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="K16" s="7"/>
-[...22 lines deleted...]
-      <c r="G17" s="7" t="s">
+      <c r="B26" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H17" s="12" t="s">
+      <c r="H26" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="L26" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="M26" s="1" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A27" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="L27" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="M27" s="1" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A28" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D28" s="7"/>
+      <c r="E28" s="7"/>
+      <c r="F28" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I28" s="7"/>
+      <c r="J28" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K28" s="7"/>
+      <c r="L28" s="10" t="s">
         <v>131</v>
       </c>
-      <c r="I17" s="7"/>
-[...26 lines deleted...]
-      <c r="G18" s="7" t="s">
+      <c r="M28" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A29" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B29" s="5"/>
+      <c r="C29" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D29" s="5"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G29" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="H18" s="12" t="s">
-[...149 lines deleted...]
-      <c r="C23" s="7" t="s">
+      <c r="H29" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5"/>
+      <c r="K29" s="5"/>
+      <c r="L29" s="5"/>
+      <c r="M29" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="B30" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="D23" s="7"/>
-[...96 lines deleted...]
-      <c r="AC25" s="7"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:AC26">
-    <sortCondition ref="A2:A26"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:M29">
+    <sortCondition ref="A2:A29"/>
+    <sortCondition ref="B2:B29"/>
   </sortState>
   <phoneticPr fontId="10" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="L13" r:id="rId1" xr:uid="{CB0D9A3B-7863-4B64-A8B9-0EB2AD2ADC4F}"/>
+    <hyperlink ref="L15" r:id="rId1" xr:uid="{CB0D9A3B-7863-4B64-A8B9-0EB2AD2ADC4F}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" gridLines="1"/>
-  <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.3" footer="0.3"/>
-  <pageSetup scale="53" fitToHeight="0" orientation="landscape" r:id="rId2"/>
+  <pageMargins left="0.5" right="0.5" top="1.1000000000000001" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup scale="56" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Bold"Limited Service List</oddHeader>
     <oddFooter>&amp;LIn re Wellmade Floor Coverings International, Inc., et al.,
 Case No. 25-58764&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010023C88B18B6CC1C4BBC3B6C53E2DCDC4E" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0661c024cee8b6222c905eba75b08cad">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c2421e8e-bfda-4113-bef7-fc9596c8f8e6" xmlns:ns3="d21068e5-218e-4915-bfa6-3c65ad8a87a4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1c339de835dad114caff67611736424a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c2421e8e-bfda-4113-bef7-fc9596c8f8e6"/>
     <xsd:import namespace="d21068e5-218e-4915-bfa6-3c65ad8a87a4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -2437,109 +2500,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19C54A23-53FC-40E4-BE03-A9428DB72993}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="c2421e8e-bfda-4113-bef7-fc9596c8f8e6"/>
     <ds:schemaRef ds:uri="d21068e5-218e-4915-bfa6-3c65ad8a87a4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EEA25C2-A59F-4990-BAF9-CBA82F0E0272}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F695177-ABD7-4236-B727-876127AE15AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{390F3628-B105-4624-9371-FF29D07D2560}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -2547,50 +2614,51 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Limited Service List</vt:lpstr>
       <vt:lpstr>'Limited Service List'!Print_Area</vt:lpstr>
       <vt:lpstr>'Limited Service List'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>KCCLLC</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Sample First Day tracking sheet</dc:title>
   <dc:subject/>
   <dc:creator>jscott</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x01010023C88B18B6CC1C4BBC3B6C53E2DCDC4E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Order">
     <vt:r8>4200</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">