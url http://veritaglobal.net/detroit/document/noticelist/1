--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -6,79 +6,78 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Case Folders\City of Detroit\General &amp; Special Service List\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8E5C507-F6BF-475A-BEEC-986D51996C50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6980713-155F-4707-A77D-9C31C862526A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-180" yWindow="30" windowWidth="36405" windowHeight="17295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="19080" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="General &amp; Special Service List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'General &amp; Special Service List'!$A$1:$Q$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'General &amp; Special Service List'!$1:$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'General &amp; Special Service List'!$A$1:$Q$275</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'General &amp; Special Service List'!$E$1:$Q$181</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3000" uniqueCount="1637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3010" uniqueCount="1642">
   <si>
     <t>NameID</t>
   </si>
   <si>
     <t>List / Type</t>
   </si>
   <si>
     <t>Email Service</t>
   </si>
   <si>
     <t>Hard Copy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>CreditorName</t>
   </si>
   <si>
     <t>CreditorNoticeName</t>
   </si>
   <si>
     <t>Address1</t>
   </si>
   <si>
@@ -1209,53 +1208,50 @@
   <si>
     <t>Top 20 Creditor - City's Pension Trusts</t>
   </si>
   <si>
     <t>General Retirement System of the City of Detroit</t>
   </si>
   <si>
     <t>Attn: Michael J. VanOverbeke, Esq.</t>
   </si>
   <si>
     <t>Interim General Counsel</t>
   </si>
   <si>
     <t>Vanoverbeke, Michaud &amp; Timmony, P.C.</t>
   </si>
   <si>
     <t>79 Alfred Street</t>
   </si>
   <si>
     <t>313-578-1200</t>
   </si>
   <si>
     <t>313-578-1201</t>
   </si>
   <si>
-    <t>mvanoverbeke@vmtlaw.com</t>
-[...1 lines deleted...]
-  <si>
     <t>Police and Fire Retirement System of the City of Detroit</t>
   </si>
   <si>
     <t>Attn: Joseph E. Turner, Esq.</t>
   </si>
   <si>
     <t>General Counsel</t>
   </si>
   <si>
     <t>Clark Hill PLC</t>
   </si>
   <si>
     <t>500 Woodward Avenue Ste 3500</t>
   </si>
   <si>
     <t>313-965-8300</t>
   </si>
   <si>
     <t>313-965-8252</t>
   </si>
   <si>
     <t>jturner@clarkhill.com</t>
   </si>
   <si>
     <t>Counsel for Assured Guaranty Municipal Corporation</t>
@@ -1948,50 +1944,53 @@
     <t>Carson Fischer PLC</t>
   </si>
   <si>
     <t>Attn Joseph M Fischer Robert Weisberg &amp; Christopher Grossman</t>
   </si>
   <si>
     <t>4111 Andover Rd W 2nd Fl</t>
   </si>
   <si>
     <t>48302-1924</t>
   </si>
   <si>
     <t>248-644-4840</t>
   </si>
   <si>
     <t>248-644-1832</t>
   </si>
   <si>
     <t>jfischer@carsonfischer.com;;rweisberg@carsonfischer.com;;cgrosman@carsonfischer.com</t>
   </si>
   <si>
     <t>Counsel for UBS AG and Merrill Lynch Capital Services Inc (COP Swap Counterparties)</t>
   </si>
   <si>
     <t>Warner Norcross &amp; Judd LLP</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Douglas A Dozeman &amp; Charles N Ash Jr</t>
   </si>
   <si>
     <t>111 Lyon St NW Ste 900</t>
   </si>
   <si>
     <t>Grand Rapids</t>
   </si>
   <si>
     <t>616-752-2000</t>
   </si>
   <si>
     <t>616-222-2158</t>
   </si>
   <si>
     <t>ddozeman@wnj.com;;cash@wnj.com</t>
   </si>
   <si>
     <t>Counsel for UBS AG (COP Swap Counterparties)</t>
   </si>
   <si>
     <t>Edwin E Smith Jared Clark Steven Wilamowsky &amp; E Marcus Marsh</t>
   </si>
   <si>
     <t>399 Park Ave</t>
   </si>
@@ -3586,50 +3585,72 @@
     <t>734-281-7100</t>
   </si>
   <si>
     <t>rpentiuk@pck-law.com</t>
   </si>
   <si>
     <t>Counsel for Nuveen Asset Management and BlackRock Financial Management, Inc.; and Greenhill &amp; Co LLC</t>
   </si>
   <si>
     <t>Steinberg Shapiro &amp; Clark</t>
   </si>
   <si>
     <t>Mark H Shapiro</t>
   </si>
   <si>
     <t>25925 Telegraph Road., Suite 203</t>
   </si>
   <si>
     <t>48033</t>
   </si>
   <si>
     <t>248-352-4700</t>
   </si>
   <si>
     <t>shapiro@steinbergshapiro.com</t>
+  </si>
+  <si>
+    <r>
+      <t>Proposed Counsel for Committee of Unsecured Creditors [</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>motion denied</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>]</t>
+    </r>
   </si>
   <si>
     <t>Morrison &amp; Foerster, LLP</t>
   </si>
   <si>
     <t>Brett H. Miller and Lorenzo Marinuzzi</t>
   </si>
   <si>
     <t>1290 Avenue of the Americas</t>
   </si>
   <si>
     <t>10104-0050</t>
   </si>
   <si>
     <t xml:space="preserve">; lmarinuzzi@mofo.com </t>
   </si>
   <si>
     <t>Counsel for Syncora Guarantee Inc</t>
   </si>
   <si>
     <t>Susheel Kirpalani Quinn Emanuel Urquhart &amp; Sullivan, LLP</t>
   </si>
   <si>
     <t>51 Madison Ave 22nd Fl</t>
   </si>
@@ -4843,308 +4864,373 @@
   <si>
     <t>312-243-5900</t>
   </si>
   <si>
     <t>Counsel to Mary Whitson, Devery Jones, Robbie Flowers, Detroit Police Command Officers Association, Bruce Goldman, Deroit Fire Fighters Associateion , IAFF Local 344, Mary Washington, Service Employees</t>
   </si>
   <si>
     <t>International Union of Operating Engineers, Local 324</t>
   </si>
   <si>
     <t>AsherKelly, PLLC</t>
   </si>
   <si>
     <t>Jacquelyne M. Zolynsky</t>
   </si>
   <si>
     <t>25800 Northwestern Hwy No 1100</t>
   </si>
   <si>
     <t>248-746-2735</t>
   </si>
   <si>
     <t>jzolynsky@asherkellylaw.com</t>
   </si>
   <si>
+    <t xml:space="preserve">P.O. Box 2625 </t>
+  </si>
+  <si>
+    <t>Attn Stacy Alvarado</t>
+  </si>
+  <si>
+    <t>alvarados123@detroit.gov</t>
+  </si>
+  <si>
+    <t>hnresnick@resnicklaw.com</t>
+  </si>
+  <si>
+    <t>dkramer@paulweiss.com</t>
+  </si>
+  <si>
+    <t>mwidick@uaw.net</t>
+  </si>
+  <si>
+    <t>Marshall J. Widick</t>
+  </si>
+  <si>
     <t>Detroitinfo@veritaglobal.com</t>
   </si>
   <si>
-    <t>Attn Stacy Alvarado</t>
-[...20 lines deleted...]
-    <t>Proposed Counsel for Committee of Unsecured Creditors [motion denied]</t>
+    <t>c/o KCC dba Verita</t>
+  </si>
+  <si>
+    <t>424-423-6342</t>
+  </si>
+  <si>
+    <t>Ryan Blaine Bennett  &amp; Noah J. Ornstein</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ryan.bennett@kirkland.com; </t>
+  </si>
+  <si>
+    <t>Jonathan S. Green, Esq. Stephen S. LaPlante Marc N. Swanson, Megan R.I. Baxter</t>
+  </si>
+  <si>
+    <t>green@millercanfield.com; swansonm@millercanfield.com;laplante@millercanfield.com; baxter@millercanfield.com</t>
+  </si>
+  <si>
+    <t>Employees International Union (SEIU), Local 517M</t>
+  </si>
+  <si>
+    <t>White Schneider PC</t>
+  </si>
+  <si>
+    <t>John A. Maise</t>
+  </si>
+  <si>
+    <t>1223 Turner Street, Suite 200</t>
+  </si>
+  <si>
+    <t>jmaise@whiteschneider.com</t>
+  </si>
+  <si>
+    <t>517-349-7744</t>
+  </si>
+  <si>
+    <t>Johnson Law, PLC</t>
+  </si>
+  <si>
+    <t>Christopher P. Desmond</t>
+  </si>
+  <si>
+    <t>535 Griswold St., Ste 2600</t>
+  </si>
+  <si>
+    <t>cdesmond@venjohnsonlaw.com</t>
+  </si>
+  <si>
+    <t>313-324-8300</t>
+  </si>
+  <si>
+    <t>Attorney for Interested Party Darell Chancellor</t>
+  </si>
+  <si>
+    <t>80 W 40th St Rm 3E</t>
+  </si>
+  <si>
+    <t>10018-2701</t>
+  </si>
+  <si>
+    <t>220 Park Street Suite 200</t>
+  </si>
+  <si>
+    <t>Counsel for International Union of Operating Engineers Local 324</t>
+  </si>
+  <si>
+    <t>David J. Selwocki</t>
+  </si>
+  <si>
+    <t>25800 Northwestern Hwy Ste 1100</t>
+  </si>
+  <si>
+    <t>248-746-2759</t>
+  </si>
+  <si>
+    <t>dselwocki@asherkellylaw.com</t>
+  </si>
+  <si>
+    <t>AsherKelly PLLC</t>
+  </si>
+  <si>
+    <t>William H Goodman</t>
+  </si>
+  <si>
+    <t>mail@goodmanhurwitz.com;bgoodman@goodmanhurwitz.com</t>
+  </si>
+  <si>
+    <t>Ronald L. Cornell</t>
+  </si>
+  <si>
+    <t>rcornell@skdetroitlaw.com</t>
+  </si>
+  <si>
+    <t>90071-3452</t>
+  </si>
+  <si>
+    <t>350 S Grand Ave Fl 44</t>
+  </si>
+  <si>
+    <t>mvanoverbeke@vmtlaw.com; fjudd@vmtlaw.com;abrown@vmtlaw.com</t>
+  </si>
+  <si>
+    <t>Disbursing Agent for Class B Bonds for DPOA Claimants</t>
+  </si>
+  <si>
+    <t>Homer W. McClarty</t>
+  </si>
+  <si>
+    <t>19785 West Twelve Mile Ste 331</t>
+  </si>
+  <si>
+    <t>248-352-7686</t>
+  </si>
+  <si>
+    <t>hwmcclarty@morganmcclarty.com</t>
   </si>
   <si>
     <t>Counsel for Fountain Park Court Consumer Housing Cooperative St. James Cooperative, Individually and on Behalf of all Similarly Entities</t>
-  </si>
-[...100 lines deleted...]
-    <t>dselwocki@asherkellylaw.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
+      <u/>
       <sz val="10"/>
+      <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
-      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="18"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="6">
+  <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="2" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="6">
+  <cellStyles count="7">
     <cellStyle name="Comma 2 2 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Comma 2 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
-    <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="Normal 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Normal 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="2">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF808080"/>
+          <bgColor rgb="FF000000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF808080"/>
+          <bgColor rgb="FF000000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5411,10717 +5497,11342 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q275"/>
+  <dimension ref="A1:AG276"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="E1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" outlineLevelCol="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="12.28515625" style="8" hidden="1" customWidth="1" outlineLevel="1"/>
-[...16 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="8.28515625" style="3" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="2" max="4" width="7.140625" style="3" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="5" max="5" width="54.5703125" style="1" customWidth="1" collapsed="1"/>
+    <col min="6" max="6" width="51.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="43" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="33.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16.85546875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="20.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="11.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="10" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="16" width="16.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="45.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:17" s="17" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="7" t="s">
+      <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="7" t="s">
+      <c r="C1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="7" t="s">
+      <c r="D1" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="4" t="s">
+      <c r="K1" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="4" t="s">
+      <c r="L1" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="4" t="s">
+      <c r="M1" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="4" t="s">
+      <c r="N1" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="4" t="s">
+      <c r="O1" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="P1" s="4" t="s">
+      <c r="P1" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" s="5" t="s">
+      <c r="Q1" s="4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A2" s="8">
+    <row r="2" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="5">
         <v>10</v>
       </c>
-      <c r="B2" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="2" t="s">
+      <c r="B2" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E2" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="F2" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="G2" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="H2" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="K2" s="2" t="s">
+      <c r="K2" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="L2" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M2" s="3" t="s">
+      <c r="L2" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="N2" s="3"/>
-      <c r="P2" s="2" t="s">
+      <c r="N2" s="7"/>
+      <c r="P2" s="12" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A3" s="8">
+    <row r="3" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="5">
         <v>11</v>
       </c>
-      <c r="B3" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="2" t="s">
+      <c r="B3" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C3" s="5"/>
+      <c r="D3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="F3" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="G3" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="H3" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="K3" s="2" t="s">
+      <c r="K3" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="L3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M3" s="3" t="s">
+      <c r="L3" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="N3" s="3"/>
-      <c r="P3" s="2" t="s">
+      <c r="N3" s="7"/>
+      <c r="P3" s="12" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A4" s="8">
+    <row r="4" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="5">
         <v>13</v>
       </c>
-      <c r="B4" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="2" t="s">
+      <c r="B4" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C4" s="5"/>
+      <c r="D4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="F4" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="G4" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="H4" s="2" t="s">
+      <c r="H4" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="K4" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="3" t="s">
+      <c r="L4" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N4" s="3"/>
-      <c r="P4" s="2" t="s">
+      <c r="N4" s="7"/>
+      <c r="P4" s="12" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A5" s="8">
+    <row r="5" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="5">
         <v>12</v>
       </c>
-      <c r="B5" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="2" t="s">
+      <c r="B5" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C5" s="5"/>
+      <c r="D5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F5" s="2" t="s">
+      <c r="F5" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="G5" s="2" t="s">
+      <c r="G5" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="H5" s="2" t="s">
+      <c r="H5" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="K5" s="2" t="s">
+      <c r="K5" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M5" s="3" t="s">
+      <c r="L5" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="N5" s="3"/>
-      <c r="O5" s="2" t="s">
+      <c r="N5" s="7"/>
+      <c r="O5" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="P5" s="2" t="s">
+      <c r="P5" s="12" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="6" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A6" s="8">
+    <row r="6" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="5">
         <v>31</v>
       </c>
-      <c r="B6" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="2" t="s">
+      <c r="B6" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="5"/>
+      <c r="E6" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="F6" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="G6" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="H6" s="2" t="s">
+      <c r="H6" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="K6" s="2" t="s">
+      <c r="K6" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M6" s="3" t="s">
+      <c r="L6" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M6" s="7" t="s">
         <v>179</v>
       </c>
-      <c r="N6" s="3"/>
-      <c r="Q6" s="2" t="s">
+      <c r="N6" s="7"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="6" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="7" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A7" s="8">
+    <row r="7" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="5">
         <v>32</v>
       </c>
-      <c r="B7" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="2" t="s">
+      <c r="B7" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="F7" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="G7" s="6" t="s">
         <v>182</v>
       </c>
-      <c r="H7" s="2" t="s">
+      <c r="H7" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="K7" s="2" t="s">
+      <c r="K7" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M7" s="3" t="s">
+      <c r="L7" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N7" s="3"/>
-[...11 lines deleted...]
-      <c r="E8" s="2" t="s">
+      <c r="N7" s="7"/>
+      <c r="P7" s="12"/>
+    </row>
+    <row r="8" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="5">
+        <v>30</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="5"/>
+      <c r="E8" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="F8" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="G8" s="2" t="s">
+      <c r="G8" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="H8" s="2" t="s">
+      <c r="H8" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="K8" s="2" t="s">
+      <c r="K8" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M8" s="3" t="s">
+      <c r="L8" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N8" s="3"/>
-      <c r="P8" s="2" t="s">
+      <c r="N8" s="7"/>
+      <c r="P8" s="12" t="s">
         <v>174</v>
       </c>
-      <c r="Q8" s="2" t="s">
+      <c r="Q8" s="6" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A9" s="8">
+    <row r="9" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="5">
         <v>29</v>
       </c>
-      <c r="B9" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="2" t="s">
+      <c r="B9" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="5"/>
+      <c r="E9" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="F9" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="G9" s="2" t="s">
+      <c r="G9" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="H9" s="2" t="s">
+      <c r="H9" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="K9" s="2" t="s">
+      <c r="K9" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M9" s="3" t="s">
+      <c r="L9" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N9" s="3"/>
-      <c r="P9" s="2" t="s">
+      <c r="N9" s="7"/>
+      <c r="P9" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="Q9" s="2" t="s">
+      <c r="Q9" s="6" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A10" s="8">
+    <row r="10" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="5">
         <v>28</v>
       </c>
-      <c r="B10" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="2" t="s">
+      <c r="B10" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="5"/>
+      <c r="E10" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="F10" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="G10" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="H10" s="2" t="s">
+      <c r="H10" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="K10" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M10" s="3" t="s">
+      <c r="L10" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" s="7" t="s">
         <v>163</v>
       </c>
-      <c r="N10" s="3"/>
-      <c r="P10" s="2" t="s">
+      <c r="N10" s="7"/>
+      <c r="P10" s="12" t="s">
         <v>164</v>
       </c>
-      <c r="Q10" s="2" t="s">
+      <c r="Q10" s="6" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A11" s="8">
+    <row r="11" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5">
         <v>27</v>
       </c>
-      <c r="B11" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="2" t="s">
+      <c r="B11" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="F11" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="G11" s="2" t="s">
+      <c r="G11" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="H11" s="2" t="s">
+      <c r="H11" s="6" t="s">
         <v>158</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="K11" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M11" s="3" t="s">
+      <c r="L11" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M11" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N11" s="3"/>
-      <c r="P11" s="2" t="s">
+      <c r="N11" s="7"/>
+      <c r="P11" s="12" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A12" s="8">
+    <row r="12" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5">
         <v>26</v>
       </c>
-      <c r="B12" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="2" t="s">
+      <c r="B12" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="5"/>
+      <c r="E12" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="F12" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="G12" s="2" t="s">
+      <c r="G12" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="H12" s="2" t="s">
+      <c r="H12" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="K12" s="2" t="s">
+      <c r="K12" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M12" s="3" t="s">
+      <c r="L12" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N12" s="3"/>
-      <c r="P12" s="2" t="s">
+      <c r="N12" s="7"/>
+      <c r="P12" s="12" t="s">
         <v>154</v>
       </c>
-      <c r="Q12" s="2" t="s">
+      <c r="Q12" s="6" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A13" s="8">
+    <row r="13" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="5">
         <v>25</v>
       </c>
-      <c r="B13" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="2" t="s">
+      <c r="B13" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C13" s="5"/>
+      <c r="D13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="F13" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="G13" s="2" t="s">
+      <c r="G13" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="H13" s="2" t="s">
+      <c r="H13" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="K13" s="2" t="s">
+      <c r="K13" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M13" s="3" t="s">
+      <c r="L13" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M13" s="7" t="s">
         <v>149</v>
       </c>
-      <c r="N13" s="3"/>
-      <c r="P13" s="2" t="s">
+      <c r="N13" s="7"/>
+      <c r="P13" s="12" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A14" s="8">
+    <row r="14" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="5">
         <v>24</v>
       </c>
-      <c r="B14" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E14" s="2" t="s">
+      <c r="B14" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="F14" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="G14" s="2" t="s">
+      <c r="G14" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="H14" s="2" t="s">
+      <c r="H14" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="K14" s="2" t="s">
+      <c r="K14" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M14" s="3" t="s">
+      <c r="L14" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M14" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N14" s="3"/>
-      <c r="P14" s="2" t="s">
+      <c r="N14" s="7"/>
+      <c r="P14" s="12" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A15" s="8">
+    <row r="15" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="5">
         <v>23</v>
       </c>
-      <c r="B15" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="2" t="s">
+      <c r="B15" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="5"/>
+      <c r="E15" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F15" s="2" t="s">
+      <c r="F15" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="G15" s="2" t="s">
+      <c r="G15" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="H15" s="2" t="s">
+      <c r="H15" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="K15" s="2" t="s">
+      <c r="K15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M15" s="3" t="s">
+      <c r="L15" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N15" s="3"/>
-      <c r="P15" s="2" t="s">
+      <c r="N15" s="7"/>
+      <c r="P15" s="12" t="s">
         <v>140</v>
       </c>
-      <c r="Q15" s="2" t="s">
+      <c r="Q15" s="6" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A16" s="8">
+    <row r="16" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="5">
         <v>22</v>
       </c>
-      <c r="B16" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E16" s="2" t="s">
+      <c r="B16" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="5"/>
+      <c r="E16" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="F16" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="G16" s="2" t="s">
+      <c r="G16" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="H16" s="2" t="s">
+      <c r="H16" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="K16" s="2" t="s">
+      <c r="K16" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M16" s="3" t="s">
+      <c r="L16" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M16" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N16" s="3"/>
-      <c r="P16" s="2" t="s">
+      <c r="N16" s="7"/>
+      <c r="P16" s="12" t="s">
         <v>135</v>
       </c>
-      <c r="Q16" s="2" t="s">
+      <c r="Q16" s="6" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A17" s="8">
+    <row r="17" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="5">
         <v>15</v>
       </c>
-      <c r="B17" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E17" s="2" t="s">
+      <c r="B17" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" s="5"/>
+      <c r="E17" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="F17" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="G17" s="2" t="s">
+      <c r="G17" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="H17" s="2" t="s">
+      <c r="H17" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="K17" s="2" t="s">
+      <c r="K17" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M17" s="3" t="s">
+      <c r="L17" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M17" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N17" s="3"/>
-      <c r="P17" s="2" t="s">
+      <c r="N17" s="7"/>
+      <c r="P17" s="12" t="s">
         <v>104</v>
       </c>
-      <c r="Q17" s="2" t="s">
+      <c r="Q17" s="6" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A18" s="8">
+    <row r="18" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="5">
         <v>16</v>
       </c>
-      <c r="B18" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E18" s="2" t="s">
+      <c r="B18" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C18" s="5"/>
+      <c r="D18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="F18" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="G18" s="2" t="s">
+      <c r="G18" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="H18" s="2" t="s">
+      <c r="H18" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="K18" s="2" t="s">
+      <c r="K18" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L18" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M18" s="3" t="s">
+      <c r="L18" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M18" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="N18" s="3"/>
-[...2 lines deleted...]
-      <c r="A19" s="8">
+      <c r="N18" s="7"/>
+      <c r="P18" s="12"/>
+    </row>
+    <row r="19" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="5">
         <v>21</v>
       </c>
-      <c r="B19" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="2" t="s">
+      <c r="B19" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C19" s="5"/>
+      <c r="D19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F19" s="2" t="s">
+      <c r="F19" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="G19" s="2" t="s">
+      <c r="G19" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="H19" s="2" t="s">
+      <c r="H19" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="K19" s="2" t="s">
+      <c r="K19" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M19" s="3" t="s">
+      <c r="L19" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M19" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N19" s="3"/>
-[...2 lines deleted...]
-      <c r="A20" s="8">
+      <c r="N19" s="7"/>
+      <c r="P19" s="12"/>
+    </row>
+    <row r="20" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="5">
         <v>20</v>
       </c>
-      <c r="B20" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E20" s="2" t="s">
+      <c r="B20" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C20" s="5"/>
+      <c r="D20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F20" s="2" t="s">
+      <c r="F20" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="G20" s="2" t="s">
+      <c r="G20" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="H20" s="2" t="s">
+      <c r="H20" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="K20" s="2" t="s">
+      <c r="K20" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="L20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M20" s="3" t="s">
+      <c r="L20" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M20" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="N20" s="3"/>
-[...2 lines deleted...]
-      <c r="A21" s="8">
+      <c r="N20" s="7"/>
+      <c r="P20" s="12"/>
+    </row>
+    <row r="21" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="5">
         <v>19</v>
       </c>
-      <c r="B21" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E21" s="2" t="s">
+      <c r="B21" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C21" s="5"/>
+      <c r="D21" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="F21" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="G21" s="2" t="s">
+      <c r="G21" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="H21" s="2" t="s">
+      <c r="H21" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="K21" s="2" t="s">
+      <c r="K21" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M21" s="3" t="s">
+      <c r="L21" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M21" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="N21" s="3"/>
-      <c r="P21" s="2" t="s">
+      <c r="N21" s="7"/>
+      <c r="P21" s="12" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A22" s="8">
+    <row r="22" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="5">
         <v>33</v>
       </c>
-      <c r="B22" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E22" s="2" t="s">
+      <c r="B22" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="5"/>
+      <c r="E22" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F22" s="2" t="s">
+      <c r="F22" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="G22" s="2" t="s">
+      <c r="G22" s="6" t="s">
         <v>185</v>
       </c>
-      <c r="H22" s="2" t="s">
+      <c r="H22" s="6" t="s">
         <v>186</v>
       </c>
-      <c r="K22" s="2" t="s">
+      <c r="K22" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M22" s="3" t="s">
+      <c r="L22" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M22" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N22" s="3"/>
-      <c r="P22" s="2" t="s">
+      <c r="N22" s="7"/>
+      <c r="P22" s="12" t="s">
         <v>187</v>
       </c>
-      <c r="Q22" s="2" t="s">
+      <c r="Q22" s="6" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A23" s="8">
+    <row r="23" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="5">
         <v>18</v>
       </c>
-      <c r="B23" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="2" t="s">
+      <c r="B23" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="5"/>
+      <c r="E23" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F23" s="2" t="s">
+      <c r="F23" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="G23" s="2" t="s">
+      <c r="G23" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="H23" s="2" t="s">
+      <c r="H23" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="K23" s="2" t="s">
+      <c r="K23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M23" s="3" t="s">
+      <c r="L23" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M23" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N23" s="3"/>
-      <c r="P23" s="2" t="s">
+      <c r="N23" s="7"/>
+      <c r="P23" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="Q23" s="2" t="s">
+      <c r="Q23" s="6" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="E24" s="2" t="s">
+    <row r="24" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5">
+        <v>17</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="5"/>
+      <c r="E24" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F24" s="2" t="s">
+      <c r="F24" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="G24" s="2" t="s">
+      <c r="G24" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="H24" s="2" t="s">
+      <c r="H24" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="K24" s="2" t="s">
+      <c r="K24" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M24" s="3" t="s">
+      <c r="L24" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M24" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="N24" s="3"/>
-      <c r="P24" s="2" t="s">
+      <c r="N24" s="7"/>
+      <c r="P24" s="12" t="s">
         <v>113</v>
       </c>
-      <c r="Q24" s="2" t="s">
+      <c r="Q24" s="6" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A25" s="8">
+    <row r="25" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="5">
         <v>193</v>
       </c>
-      <c r="B25" s="8" t="s">
+      <c r="B25" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C25" s="5"/>
+      <c r="D25" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="M25" s="7" t="s">
+        <v>793</v>
+      </c>
+      <c r="O25" s="6" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" s="6" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A26" s="5">
+        <v>249</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" s="5"/>
+      <c r="E26" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M26" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O26" s="6" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>1007</v>
+      </c>
+      <c r="Q26" s="6" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="5">
+        <v>34</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C27" s="5"/>
+      <c r="D27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M27" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="N27" s="7"/>
+      <c r="P27" s="12" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A28" s="5">
+        <v>243</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="5"/>
+      <c r="E28" s="9" t="s">
+        <v>973</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>974</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="M28" s="7" t="s">
+        <v>977</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="Q28" s="9" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="5">
+        <v>164</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" s="5"/>
+      <c r="E29" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>722</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M29" s="7" t="s">
+        <v>725</v>
+      </c>
+      <c r="O29" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="Q29" s="6" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="5">
+        <v>164.2</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C30" s="5"/>
+      <c r="D30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>722</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="K30" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="M30" s="7" t="s">
+        <v>730</v>
+      </c>
+      <c r="O30" s="6" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A31" s="5">
+        <v>200327</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="5"/>
+      <c r="E31" s="6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>1628</v>
+      </c>
+      <c r="G31" s="6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>1625</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M31" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O31" s="6" t="s">
+        <v>1626</v>
+      </c>
+      <c r="Q31" s="9" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5">
+        <v>200324</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="5"/>
+      <c r="E32" s="6" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>1589</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>1591</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M32" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O32" s="6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="Q32" s="9" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A33" s="5">
+        <v>210</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="5"/>
+      <c r="E33" s="6" t="s">
+        <v>832</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M33" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="O33" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="Q33" s="6" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="5">
+        <v>35</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C34" s="5"/>
+      <c r="D34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M34" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="N34" s="7"/>
+      <c r="P34" s="12" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="5">
+        <v>36</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" s="5"/>
+      <c r="E35" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M35" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="N35" s="7"/>
+      <c r="P35" s="12"/>
+      <c r="Q35" s="6" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="5">
+        <v>37</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="5"/>
+      <c r="E36" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M36" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="N36" s="7"/>
+      <c r="P36" s="12"/>
+      <c r="Q36" s="6" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="5">
+        <v>38</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" s="5"/>
+      <c r="E37" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M37" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="N37" s="7"/>
+      <c r="P37" s="12" t="s">
+        <v>209</v>
+      </c>
+      <c r="Q37" s="6" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="5">
+        <v>39</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="5"/>
+      <c r="E38" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M38" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="N38" s="7"/>
+      <c r="P38" s="12" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q38" s="6" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="5">
+        <v>41</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" s="5"/>
+      <c r="E39" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M39" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="N39" s="7"/>
+      <c r="P39" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="Q39" s="6" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="5">
+        <v>40</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C40" s="5"/>
+      <c r="D40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="G40" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M40" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="N40" s="7"/>
+      <c r="P40" s="12" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A41" s="5">
+        <v>96</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" s="5"/>
+      <c r="E41" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M41" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="N41" s="7"/>
+      <c r="Q41" s="6" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" s="6" customFormat="1" ht="102" x14ac:dyDescent="0.2">
+      <c r="A42" s="5">
+        <v>269</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C42" s="5"/>
+      <c r="D42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>1100</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>1101</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M42" s="7" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A43" s="5">
+        <v>22002</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" s="5"/>
+      <c r="E43" s="6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H43" s="6" t="s">
+        <v>1543</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M43" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O43" s="6" t="s">
+        <v>1544</v>
+      </c>
+      <c r="P43" s="6" t="s">
+        <v>1545</v>
+      </c>
+      <c r="Q43" s="9" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" s="6" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A44" s="5">
+        <v>230</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" s="5"/>
+      <c r="E44" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>922</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>781</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="M44" s="7" t="s">
+        <v>923</v>
+      </c>
+      <c r="O44" s="6" t="s">
+        <v>924</v>
+      </c>
+      <c r="P44" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="Q44" s="6" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" s="6" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A45" s="5">
+        <v>229</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" s="5"/>
+      <c r="E45" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="G45" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>916</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="M45" s="7" t="s">
+        <v>917</v>
+      </c>
+      <c r="O45" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="P45" s="6" t="s">
+        <v>919</v>
+      </c>
+      <c r="Q45" s="6" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="9">
+        <v>328</v>
+      </c>
+      <c r="B46" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="9"/>
+      <c r="E46" s="9" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F46" s="9" t="s">
+        <v>913</v>
+      </c>
+      <c r="G46" s="9" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H46" s="9" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I46" s="9"/>
+      <c r="J46" s="9"/>
+      <c r="K46" s="8" t="s">
+        <v>865</v>
+      </c>
+      <c r="L46" s="8" t="s">
+        <v>792</v>
+      </c>
+      <c r="M46" s="8">
+        <v>19103</v>
+      </c>
+      <c r="N46" s="8"/>
+      <c r="O46" s="8" t="s">
+        <v>918</v>
+      </c>
+      <c r="P46" s="8" t="s">
+        <v>919</v>
+      </c>
+      <c r="Q46" s="6" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="5">
+        <v>152</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M47" s="7">
+        <v>60606</v>
+      </c>
+      <c r="O47" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="P47" s="6" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="5">
+        <v>268</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" s="5"/>
+      <c r="E48" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G48" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>1092</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M48" s="7" t="s">
+        <v>1093</v>
+      </c>
+      <c r="O48" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P48" s="6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="Q48" s="6" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="5">
+        <v>325</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D49" s="5"/>
+      <c r="E49" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G49" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H49" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M49" s="7" t="s">
+        <v>880</v>
+      </c>
+      <c r="O49" s="6" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P49" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="Q49" s="6" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A50" s="9">
+        <v>329</v>
+      </c>
+      <c r="B50" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" s="9"/>
+      <c r="E50" s="9" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>1363</v>
+      </c>
+      <c r="G50" s="9" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H50" s="9" t="s">
+        <v>1365</v>
+      </c>
+      <c r="I50" s="9"/>
+      <c r="J50" s="9"/>
+      <c r="K50" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L50" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M50" s="8">
+        <v>48084</v>
+      </c>
+      <c r="N50" s="8"/>
+      <c r="O50" s="8"/>
+      <c r="P50" s="8"/>
+      <c r="Q50" s="6" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="5">
+        <v>362</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="5"/>
+      <c r="E51" s="6" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M51" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O51" s="6" t="s">
+        <v>1476</v>
+      </c>
+      <c r="Q51" s="9" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A52" s="5">
+        <v>79</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" s="5"/>
+      <c r="E52" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="G52" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="M52" s="7" t="s">
+        <v>414</v>
+      </c>
+      <c r="N52" s="7"/>
+      <c r="P52" s="12"/>
+      <c r="Q52" s="6" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="5">
+        <v>86</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D53" s="5"/>
+      <c r="E53" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="M53" s="7" t="s">
+        <v>449</v>
+      </c>
+      <c r="P53" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="Q53" s="6" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A54" s="5">
+        <v>133</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="5"/>
+      <c r="E54" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M54" s="7" t="s">
+        <v>646</v>
+      </c>
+      <c r="O54" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="P54" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="Q54" s="6" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A55" s="5">
+        <v>7</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D55" s="5"/>
+      <c r="E55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M55" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N55" s="7"/>
+      <c r="P55" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q55" s="6" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A56" s="5">
+        <v>123</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D56" s="5"/>
+      <c r="E56" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M56" s="7">
+        <v>48226</v>
+      </c>
+      <c r="O56" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="P56" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q56" s="6" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A57" s="5">
+        <v>200322</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" s="5"/>
+      <c r="E57" s="6" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M57" s="7">
+        <v>48226</v>
+      </c>
+      <c r="O57" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="P57" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="Q57" s="6" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A58" s="5">
+        <v>200323</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D58" s="5"/>
+      <c r="E58" s="6" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="G58" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M58" s="7">
+        <v>48226</v>
+      </c>
+      <c r="O58" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="P58" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="Q58" s="6" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A59" s="5">
+        <v>356</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C59" s="5"/>
+      <c r="D59" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>1447</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>1448</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M59" s="7" t="s">
+        <v>710</v>
+      </c>
+      <c r="O59" s="6" t="s">
+        <v>1449</v>
+      </c>
+      <c r="P59" s="6" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A60" s="5">
+        <v>252</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="5"/>
+      <c r="E60" s="6" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G60" s="6" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="M60" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="O60" s="6" t="s">
+        <v>1019</v>
+      </c>
+      <c r="P60" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="Q60" s="9" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A61" s="5">
+        <v>267</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D61" s="5"/>
+      <c r="E61" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>1085</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M61" s="7" t="s">
+        <v>745</v>
+      </c>
+      <c r="O61" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P61" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="Q61" s="6" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A62" s="5">
+        <v>310</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D62" s="5"/>
+      <c r="E62" s="6" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>1289</v>
+      </c>
+      <c r="G62" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>1291</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>1292</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M62" s="7" t="s">
+        <v>1293</v>
+      </c>
+      <c r="O62" s="6" t="s">
+        <v>1294</v>
+      </c>
+      <c r="P62" s="6" t="s">
+        <v>1295</v>
+      </c>
+      <c r="Q62" s="6" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="5">
+        <v>42</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D63" s="5"/>
+      <c r="E63" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="G63" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M63" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="N63" s="7"/>
+      <c r="P63" s="12" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q63" s="6" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A64" s="9">
+        <v>330</v>
+      </c>
+      <c r="B64" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C64" s="5"/>
+      <c r="D64" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G64" s="9" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H64" s="9" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I64" s="9"/>
+      <c r="J64" s="9"/>
+      <c r="K64" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="L64" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M64" s="8">
+        <v>48226</v>
+      </c>
+      <c r="N64" s="8"/>
+      <c r="O64" s="8"/>
+      <c r="P64" s="8"/>
+    </row>
+    <row r="65" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A65" s="9">
+        <v>332</v>
+      </c>
+      <c r="B65" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" s="9"/>
+      <c r="E65" s="9" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G65" s="9" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H65" s="9" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I65" s="9"/>
+      <c r="J65" s="9"/>
+      <c r="K65" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="L65" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M65" s="8">
+        <v>48226</v>
+      </c>
+      <c r="N65" s="8"/>
+      <c r="O65" s="8"/>
+      <c r="P65" s="8"/>
+      <c r="Q65" s="6" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A66" s="9">
+        <v>334</v>
+      </c>
+      <c r="B66" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" s="9"/>
+      <c r="E66" s="9" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G66" s="9" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H66" s="9" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I66" s="9"/>
+      <c r="J66" s="9"/>
+      <c r="K66" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="L66" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M66" s="8">
+        <v>48226</v>
+      </c>
+      <c r="N66" s="8"/>
+      <c r="O66" s="8"/>
+      <c r="P66" s="8"/>
+      <c r="Q66" s="6" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A67" s="9">
+        <v>335</v>
+      </c>
+      <c r="B67" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" s="9"/>
+      <c r="E67" s="9" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G67" s="9" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H67" s="9" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I67" s="9"/>
+      <c r="J67" s="9"/>
+      <c r="K67" s="8" t="s">
+        <v>576</v>
+      </c>
+      <c r="L67" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M67" s="8">
+        <v>48226</v>
+      </c>
+      <c r="N67" s="8"/>
+      <c r="O67" s="8"/>
+      <c r="P67" s="8"/>
+      <c r="Q67" s="6" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A68" s="9">
+        <v>336</v>
+      </c>
+      <c r="B68" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" s="9"/>
+      <c r="E68" s="9" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G68" s="9" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H68" s="9" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I68" s="9"/>
+      <c r="J68" s="9"/>
+      <c r="K68" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="L68" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M68" s="8">
+        <v>48226</v>
+      </c>
+      <c r="N68" s="8"/>
+      <c r="O68" s="8"/>
+      <c r="P68" s="8"/>
+      <c r="Q68" s="6" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="5">
+        <v>150</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" s="5"/>
+      <c r="E69" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="G69" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M69" s="7">
+        <v>48317</v>
+      </c>
+      <c r="O69" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="Q69" s="6" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="5">
+        <v>372</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" s="5"/>
+      <c r="E70" s="6" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>1580</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M70" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O70" s="6" t="s">
+        <v>1581</v>
+      </c>
+      <c r="P70" s="6" t="s">
+        <v>1582</v>
+      </c>
+      <c r="Q70" s="9" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A71" s="5">
+        <v>131</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" s="5"/>
+      <c r="E71" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M71" s="7" t="s">
+        <v>631</v>
+      </c>
+      <c r="O71" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="P71" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="Q71" s="6" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A72" s="5">
+        <v>281</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D72" s="5"/>
+      <c r="E72" s="6" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G72" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M72" s="7" t="s">
+        <v>1156</v>
+      </c>
+      <c r="O72" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="Q72" s="6" t="s">
         <v>1559</v>
       </c>
-      <c r="D25" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="2" t="s">
+    </row>
+    <row r="73" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="5">
+        <v>239</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D73" s="5"/>
+      <c r="E73" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="G73" s="6" t="s">
+        <v>958</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>960</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="M73" s="7" t="s">
+        <v>961</v>
+      </c>
+      <c r="O73" s="6" t="s">
+        <v>962</v>
+      </c>
+      <c r="P73" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="Q73" s="6" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A74" s="5">
+        <v>98</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D74" s="5"/>
+      <c r="E74" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G74" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M74" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="N74" s="7"/>
+      <c r="P74" s="6" t="s">
+        <v>1603</v>
+      </c>
+      <c r="Q74" s="9" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A75" s="5">
+        <v>222</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D75" s="5"/>
+      <c r="E75" s="6" t="s">
+        <v>883</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="G75" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>887</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M75" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q75" s="6" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A76" s="5">
+        <v>146</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C76" s="5"/>
+      <c r="D76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G76" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M76" s="7" t="s">
+        <v>745</v>
+      </c>
+      <c r="O76" s="6" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A77" s="5">
+        <v>21002</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" s="5"/>
+      <c r="E77" s="6" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="G77" s="6" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>1216</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="M77" s="7" t="s">
+        <v>1526</v>
+      </c>
+      <c r="O77" s="6" t="s">
+        <v>1527</v>
+      </c>
+      <c r="Q77" s="9" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A78" s="5">
+        <v>189</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" s="5"/>
+      <c r="E78" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M78" s="7" t="s">
+        <v>527</v>
+      </c>
+      <c r="O78" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="P78" s="6" t="s">
+        <v>773</v>
+      </c>
+      <c r="Q78" s="9" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="5">
+        <v>255</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C79" s="5"/>
+      <c r="D79" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="M79" s="7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="O79" s="6" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P79" s="6" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="5">
+        <v>209</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D80" s="5"/>
+      <c r="E80" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>826</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M80" s="7" t="s">
+        <v>828</v>
+      </c>
+      <c r="O80" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="P80" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="Q80" s="6" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="5">
+        <v>363</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C81" s="5"/>
+      <c r="D81" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M81" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="O81" s="6" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="5">
+        <v>316</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D82" s="5"/>
+      <c r="E82" s="6" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>1312</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M82" s="7" t="s">
+        <v>1314</v>
+      </c>
+      <c r="O82" s="6" t="s">
+        <v>1315</v>
+      </c>
+      <c r="Q82" s="6" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="5">
+        <v>296</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" s="5"/>
+      <c r="E83" s="6" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>1221</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M83" s="7" t="s">
+        <v>1224</v>
+      </c>
+      <c r="O83" s="6" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P83" s="6" t="s">
+        <v>1226</v>
+      </c>
+      <c r="Q83" s="6" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="5">
+        <v>270</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C84" s="5"/>
+      <c r="D84" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>1106</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M84" s="7" t="s">
+        <v>1107</v>
+      </c>
+      <c r="O84" s="6" t="s">
+        <v>1108</v>
+      </c>
+      <c r="P84" s="6" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="5">
+        <v>195</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" s="5"/>
+      <c r="E85" s="6" t="s">
+        <v>800</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M85" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="O85" s="6" t="s">
+        <v>804</v>
+      </c>
+      <c r="P85" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="Q85" s="6" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="5">
+        <v>273</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D86" s="5"/>
+      <c r="E86" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K86" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M86" s="7" t="s">
+        <v>1123</v>
+      </c>
+      <c r="O86" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P86" s="6" t="s">
+        <v>1125</v>
+      </c>
+      <c r="Q86" s="6" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A87" s="5">
+        <v>304</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D87" s="5"/>
+      <c r="E87" s="6" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="K87" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M87" s="7" t="s">
+        <v>527</v>
+      </c>
+      <c r="O87" s="6" t="s">
+        <v>1269</v>
+      </c>
+      <c r="P87" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="Q87" s="6" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A88" s="5">
+        <v>263</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" s="5"/>
+      <c r="E88" s="6" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G88" s="6" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M88" s="7" t="s">
+        <v>1078</v>
+      </c>
+      <c r="O88" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="P88" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="Q88" s="6" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="5">
+        <v>43</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D89" s="5"/>
+      <c r="E89" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="G89" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="K89" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M89" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N89" s="7"/>
+      <c r="P89" s="12" t="s">
+        <v>235</v>
+      </c>
+      <c r="Q89" s="6" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="5">
+        <v>44</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D90" s="5"/>
+      <c r="E90" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="G90" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="K90" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M90" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N90" s="7"/>
+      <c r="P90" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q90" s="6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="5">
+        <v>45</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D91" s="5"/>
+      <c r="E91" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="G91" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>1594</v>
+      </c>
+      <c r="K91" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M91" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="N91" s="7"/>
+      <c r="P91" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="Q91" s="9" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="5">
+        <v>46</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" s="5"/>
+      <c r="E92" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M92" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N92" s="7"/>
+      <c r="P92" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="Q92" s="6" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="5">
+        <v>73</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C93" s="5"/>
+      <c r="D93" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="K93" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M93" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N93" s="7"/>
+      <c r="O93" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="P93" s="12" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="5">
+        <v>74</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C94" s="5"/>
+      <c r="D94" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M94" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="N94" s="7"/>
+      <c r="P94" s="12" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="5">
+        <v>47</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D95" s="5"/>
+      <c r="E95" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="K95" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M95" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="N95" s="7"/>
+      <c r="P95" s="12" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q95" s="6" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="5">
+        <v>71</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C96" s="5"/>
+      <c r="D96" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="G96" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M96" s="7" t="s">
+        <v>366</v>
+      </c>
+      <c r="N96" s="7"/>
+      <c r="P96" s="12"/>
+    </row>
+    <row r="97" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A97" s="5">
+        <v>275</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D97" s="5"/>
+      <c r="E97" s="6" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K97" s="6" t="s">
+        <v>1137</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M97" s="7" t="s">
+        <v>1138</v>
+      </c>
+      <c r="O97" s="6" t="s">
+        <v>1139</v>
+      </c>
+      <c r="Q97" s="6" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="5">
+        <v>176</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D98" s="5"/>
+      <c r="E98" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="G98" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="K98" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L98" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M98" s="7" t="s">
+        <v>736</v>
+      </c>
+      <c r="O98" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q98" s="6" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="9">
+        <v>338</v>
+      </c>
+      <c r="B99" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D99" s="9"/>
+      <c r="E99" s="9" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>733</v>
+      </c>
+      <c r="G99" s="9" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H99" s="9" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I99" s="9"/>
+      <c r="J99" s="9"/>
+      <c r="K99" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="L99" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M99" s="8">
+        <v>48933</v>
+      </c>
+      <c r="N99" s="8"/>
+      <c r="O99" s="8" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P99" s="8"/>
+      <c r="Q99" s="6" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="9">
+        <v>340</v>
+      </c>
+      <c r="B100" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D100" s="9"/>
+      <c r="E100" s="9" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>733</v>
+      </c>
+      <c r="G100" s="9" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H100" s="9" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I100" s="9"/>
+      <c r="J100" s="9"/>
+      <c r="K100" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="L100" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M100" s="8">
+        <v>48933</v>
+      </c>
+      <c r="N100" s="8"/>
+      <c r="O100" s="8" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P100" s="8"/>
+      <c r="Q100" s="6" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A101" s="5">
+        <v>177</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D101" s="5"/>
+      <c r="E101" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="H101" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="K101" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M101" s="7" t="s">
+        <v>736</v>
+      </c>
+      <c r="O101" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q101" s="6" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="5">
+        <v>48</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D102" s="5"/>
+      <c r="E102" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="G102" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M102" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="N102" s="7"/>
+      <c r="P102" s="12" t="s">
+        <v>258</v>
+      </c>
+      <c r="Q102" s="6" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="5">
+        <v>49</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D103" s="5"/>
+      <c r="E103" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="K103" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M103" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="N103" s="7"/>
+      <c r="P103" s="12" t="s">
+        <v>262</v>
+      </c>
+      <c r="Q103" s="6" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A104" s="5">
+        <v>9</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D104" s="5"/>
+      <c r="E104" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="G104" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="K104" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L104" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M104" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N104" s="7"/>
+      <c r="O104" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="P104" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q104" s="6" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="5">
+        <v>354</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D105" s="5"/>
+      <c r="E105" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>1433</v>
+      </c>
+      <c r="K105" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L105" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M105" s="7" t="s">
+        <v>1434</v>
+      </c>
+      <c r="O105" s="6" t="s">
+        <v>1435</v>
+      </c>
+      <c r="Q105" s="9" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="5">
+        <v>50</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D106" s="5"/>
+      <c r="E106" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="G106" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="K106" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="L106" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M106" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="N106" s="7"/>
+      <c r="P106" s="12"/>
+      <c r="Q106" s="6" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A107" s="5">
+        <v>117</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C107" s="5"/>
+      <c r="D107" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="K107" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M107" s="7">
+        <v>48034</v>
+      </c>
+      <c r="O107" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="P107" s="6" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A108" s="5">
+        <v>114</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C108" s="5"/>
+      <c r="D108" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="G108" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="K108" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M108" s="7">
+        <v>48034</v>
+      </c>
+      <c r="O108" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="P108" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="Q108" s="18"/>
+    </row>
+    <row r="109" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A109" s="5">
+        <v>5</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C109" s="5"/>
+      <c r="D109" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="I109" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K109" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M109" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N109" s="7"/>
+      <c r="P109" s="6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A110" s="5">
+        <v>369</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D110" s="5"/>
+      <c r="E110" s="6" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F110" s="6" t="s">
+        <v>1501</v>
+      </c>
+      <c r="G110" s="6" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>1503</v>
+      </c>
+      <c r="K110" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L110" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M110" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O110" s="6" t="s">
+        <v>1504</v>
+      </c>
+      <c r="Q110" s="9" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="5">
+        <v>51</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C111" s="5"/>
+      <c r="D111" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="G111" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="H111" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="K111" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="L111" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M111" s="7">
+        <v>48325</v>
+      </c>
+      <c r="P111" s="12"/>
+    </row>
+    <row r="112" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="9">
+        <v>341</v>
+      </c>
+      <c r="B112" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D112" s="9"/>
+      <c r="E112" s="9" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F112" s="9" t="s">
+        <v>1387</v>
+      </c>
+      <c r="G112" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H112" s="9" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I112" s="9"/>
+      <c r="J112" s="9"/>
+      <c r="K112" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="L112" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M112" s="8">
+        <v>48226</v>
+      </c>
+      <c r="N112" s="8"/>
+      <c r="O112" s="8" t="s">
+        <v>1390</v>
+      </c>
+      <c r="P112" s="8"/>
+      <c r="Q112" s="6" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="5">
+        <v>8</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C113" s="5"/>
+      <c r="D113" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="G113" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="K113" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M113" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="N113" s="7"/>
+      <c r="P113" s="6" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="9">
+        <v>342</v>
+      </c>
+      <c r="B114" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" s="9"/>
+      <c r="E114" s="9" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F114" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G114" s="9" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H114" s="9" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I114" s="9"/>
+      <c r="J114" s="9"/>
+      <c r="K114" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="L114" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M114" s="8">
+        <v>48334</v>
+      </c>
+      <c r="N114" s="8"/>
+      <c r="O114" s="8" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P114" s="8"/>
+      <c r="Q114" s="6" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="5">
+        <v>199</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D115" s="5"/>
+      <c r="E115" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="G115" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="K115" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M115" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="O115" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="P115" s="6" t="s">
+        <v>816</v>
+      </c>
+      <c r="Q115" s="6" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="5">
+        <v>200</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C116" s="5"/>
+      <c r="D116" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="G116" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M116" s="7" t="s">
+        <v>814</v>
+      </c>
+      <c r="O116" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="P116" s="6" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A117" s="5">
+        <v>301</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D117" s="5"/>
+      <c r="E117" s="6" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G117" s="6" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="K117" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M117" s="7" t="s">
+        <v>1251</v>
+      </c>
+      <c r="O117" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="Q117" s="6" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A118" s="5">
+        <v>75</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" s="5"/>
+      <c r="E118" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="G118" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="I118" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="J118" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="K118" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M118" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="N118" s="7"/>
+      <c r="O118" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="P118" s="12" t="s">
+        <v>390</v>
+      </c>
+      <c r="Q118" s="6" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="5">
+        <v>320</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C119" s="5"/>
+      <c r="D119" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="K119" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M119" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O119" s="6" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="5">
+        <v>121</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C120" s="5"/>
+      <c r="D120" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="K120" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M120" s="7">
+        <v>48075</v>
+      </c>
+      <c r="O120" s="6" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A121" s="5">
+        <v>272</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D121" s="5"/>
+      <c r="E121" s="6" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>1116</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M121" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="O121" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P121" s="6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="Q121" s="9" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="5">
+        <v>95</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C122" s="5"/>
+      <c r="D122" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="K122" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M122" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="N122" s="7"/>
+    </row>
+    <row r="123" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="5">
+        <v>358</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D123" s="5"/>
+      <c r="E123" s="9" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F123" s="9" t="s">
+        <v>1452</v>
+      </c>
+      <c r="G123" s="9" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H123" s="9" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I123" s="9"/>
+      <c r="J123" s="9"/>
+      <c r="K123" s="8" t="s">
+        <v>873</v>
+      </c>
+      <c r="L123" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M123" s="8">
+        <v>48103</v>
+      </c>
+      <c r="N123" s="8"/>
+      <c r="O123" s="8" t="s">
+        <v>1455</v>
+      </c>
+      <c r="P123" s="9"/>
+      <c r="Q123" s="9" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A124" s="5">
+        <v>22001</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D124" s="5"/>
+      <c r="E124" s="6" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>1538</v>
+      </c>
+      <c r="K124" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M124" s="7" t="s">
+        <v>1539</v>
+      </c>
+      <c r="O124" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="Q124" s="9" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="5">
+        <v>200328</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D125" s="5"/>
+      <c r="E125" s="6" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>1638</v>
+      </c>
+      <c r="K125" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M125" s="7" t="s">
+        <v>850</v>
+      </c>
+      <c r="O125" s="6" t="s">
+        <v>1639</v>
+      </c>
+      <c r="Q125" s="9" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A126" s="9">
+        <v>343</v>
+      </c>
+      <c r="B126" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D126" s="9"/>
+      <c r="E126" s="9" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F126" s="9" t="s">
+        <v>539</v>
+      </c>
+      <c r="G126" s="9" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H126" s="9" t="s">
+        <v>1399</v>
+      </c>
+      <c r="I126" s="9"/>
+      <c r="J126" s="9"/>
+      <c r="K126" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="L126" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M126" s="8">
+        <v>48933</v>
+      </c>
+      <c r="N126" s="8"/>
+      <c r="O126" s="8" t="s">
+        <v>1400</v>
+      </c>
+      <c r="P126" s="8"/>
+      <c r="Q126" s="6" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A127" s="9">
+        <v>344</v>
+      </c>
+      <c r="B127" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C127" s="9"/>
+      <c r="D127" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E127" s="9" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F127" s="9" t="s">
+        <v>539</v>
+      </c>
+      <c r="G127" s="9" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H127" s="9" t="s">
+        <v>541</v>
+      </c>
+      <c r="I127" s="9" t="s">
+        <v>542</v>
+      </c>
+      <c r="J127" s="9"/>
+      <c r="K127" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="L127" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M127" s="8" t="s">
+        <v>1403</v>
+      </c>
+      <c r="N127" s="8"/>
+      <c r="O127" s="8" t="s">
+        <v>1404</v>
+      </c>
+      <c r="P127" s="8"/>
+    </row>
+    <row r="128" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A128" s="5">
+        <v>311</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C128" s="5"/>
+      <c r="D128" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H128" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I128" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="K128" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M128" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O128" s="6" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P128" s="6" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A129" s="5">
+        <v>110</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D129" s="5"/>
+      <c r="E129" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="H129" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="I129" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="K129" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M129" s="7">
+        <v>48226</v>
+      </c>
+      <c r="O129" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="P129" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="Q129" s="9" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="5">
+        <v>256</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C130" s="5"/>
+      <c r="D130" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G130" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H130" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>1045</v>
+      </c>
+      <c r="L130" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="M130" s="7" t="s">
+        <v>1046</v>
+      </c>
+      <c r="O130" s="6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P130" s="6" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="5">
+        <v>257</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C131" s="5"/>
+      <c r="D131" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G131" s="6" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H131" s="6" t="s">
+        <v>1050</v>
+      </c>
+      <c r="K131" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="L131" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M131" s="7" t="s">
+        <v>1052</v>
+      </c>
+      <c r="O131" s="6" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P131" s="6" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="5">
+        <v>52</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D132" s="5"/>
+      <c r="E132" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="G132" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="K132" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="L132" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M132" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="N132" s="7"/>
+      <c r="P132" s="12" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q132" s="6" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="5">
+        <v>227</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C133" s="5"/>
+      <c r="D133" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>901</v>
+      </c>
+      <c r="G133" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="H133" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="K133" s="6" t="s">
+        <v>904</v>
+      </c>
+      <c r="L133" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="M133" s="7" t="s">
+        <v>906</v>
+      </c>
+      <c r="N133" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="O133" s="6" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A134" s="5">
+        <v>211.2</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C134" s="5"/>
+      <c r="D134" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="G134" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>839</v>
+      </c>
+      <c r="I134" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="K134" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="M134" s="7" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="5">
+        <v>211</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D135" s="5"/>
+      <c r="E135" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="G135" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H135" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="K135" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M135" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="O135" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="P135" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="Q135" s="9" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="5">
+        <v>125</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D136" s="5"/>
+      <c r="E136" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="G136" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="K136" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="L136" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="M136" s="7">
+        <v>2111</v>
+      </c>
+      <c r="O136" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="P136" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="Q136" s="6" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" s="6" customFormat="1" ht="369.75" x14ac:dyDescent="0.2">
+      <c r="A137" s="5">
+        <v>303</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D137" s="5"/>
+      <c r="E137" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H137" s="6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K137" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L137" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M137" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O137" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="Q137" s="6" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="5">
+        <v>274</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D138" s="5"/>
+      <c r="E138" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H138" s="6" t="s">
+        <v>1129</v>
+      </c>
+      <c r="K138" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="L138" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M138" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="O138" s="6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="Q138" s="6" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="5">
+        <v>215</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D139" s="5"/>
+      <c r="E139" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>855</v>
+      </c>
+      <c r="G139" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="H139" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="K139" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L139" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M139" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="O139" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="P139" s="6" t="s">
+        <v>859</v>
+      </c>
+      <c r="Q139" s="6" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="5">
+        <v>305</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D140" s="5"/>
+      <c r="E140" s="6" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="K140" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L140" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M140" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="O140" s="6" t="s">
+        <v>1275</v>
+      </c>
+      <c r="Q140" s="6" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="5">
+        <v>200326</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D141" s="5"/>
+      <c r="E141" s="6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>1614</v>
+      </c>
+      <c r="G141" s="6" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H141" s="6" t="s">
+        <v>1616</v>
+      </c>
+      <c r="K141" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L141" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M141" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O141" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="Q141" s="9" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="5">
+        <v>224</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D142" s="5"/>
+      <c r="E142" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="G142" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>890</v>
+      </c>
+      <c r="K142" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L142" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M142" s="7" t="s">
+        <v>891</v>
+      </c>
+      <c r="O142" s="6" t="s">
+        <v>892</v>
+      </c>
+      <c r="P142" s="6" t="s">
+        <v>893</v>
+      </c>
+      <c r="Q142" s="6" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A143" s="5">
+        <v>91</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D143" s="5"/>
+      <c r="E143" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="G143" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="H143" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="I143" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="K143" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="L143" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="M143" s="7" t="s">
+        <v>483</v>
+      </c>
+      <c r="N143" s="7"/>
+      <c r="O143" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="P143" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="Q143" s="6" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="5">
+        <v>93</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D144" s="5"/>
+      <c r="E144" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="G144" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="H144" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="I144" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="K144" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="L144" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="M144" s="7" t="s">
+        <v>500</v>
+      </c>
+      <c r="N144" s="7"/>
+      <c r="O144" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="P144" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="Q144" s="6" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="5">
+        <v>92</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D145" s="5"/>
+      <c r="E145" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="G145" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="H145" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="I145" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="K145" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="L145" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M145" s="7" t="s">
+        <v>491</v>
+      </c>
+      <c r="N145" s="7"/>
+      <c r="O145" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="P145" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="Q145" s="6" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="5">
+        <v>127</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D146" s="5"/>
+      <c r="E146" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="G146" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="H146" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="K146" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="L146" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="M146" s="7" t="s">
+        <v>604</v>
+      </c>
+      <c r="O146" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="P146" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="Q146" s="6" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A147" s="5">
+        <v>124</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C147" s="5"/>
+      <c r="D147" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="G147" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="K147" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L147" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M147" s="7">
+        <v>60661</v>
+      </c>
+      <c r="O147" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="P147" s="6" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A148" s="5">
+        <v>186</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D148" s="5"/>
+      <c r="E148" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="G148" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="H148" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="K148" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L148" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M148" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="O148" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q148" s="6" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A149" s="5">
+        <v>139</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D149" s="5"/>
+      <c r="E149" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="F149" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="G149" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="H149" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="K149" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L149" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M149" s="7" t="s">
+        <v>661</v>
+      </c>
+      <c r="O149" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="Q149" s="6" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A150" s="5">
+        <v>83</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D150" s="5"/>
+      <c r="E150" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="F150" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="G150" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H150" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="K150" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L150" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M150" s="7" t="s">
+        <v>440</v>
+      </c>
+      <c r="N150" s="7"/>
+      <c r="O150" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="P150" s="12" t="s">
+        <v>442</v>
+      </c>
+      <c r="Q150" s="9" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A151" s="5">
+        <v>130</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D151" s="5"/>
+      <c r="E151" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="F151" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="G151" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="K151" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L151" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M151" s="7">
+        <v>10036</v>
+      </c>
+      <c r="O151" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="P151" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="Q151" s="6" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="5">
+        <v>99</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D152" s="5"/>
+      <c r="E152" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="G152" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="K152" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M152" s="7" t="s">
+        <v>527</v>
+      </c>
+      <c r="N152" s="7"/>
+      <c r="P152" s="12" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q152" s="6" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" s="6" customFormat="1" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A153" s="5">
+        <v>116</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D153" s="5"/>
+      <c r="E153" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="G153" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="H153" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="K153" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="L153" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M153" s="7" t="s">
+        <v>558</v>
+      </c>
+      <c r="O153" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="P153" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="Q153" s="6" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A154" s="5">
+        <v>352</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D154" s="5"/>
+      <c r="E154" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F154" s="6" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G154" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H154" s="6" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K154" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="L154" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M154" s="7" t="s">
+        <v>1426</v>
+      </c>
+      <c r="O154" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="P154" s="6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="Q154" s="9" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="5">
+        <v>361</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D155" s="5"/>
+      <c r="E155" s="6" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G155" s="6" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H155" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="K155" s="6" t="s">
+        <v>1469</v>
+      </c>
+      <c r="L155" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M155" s="7" t="s">
+        <v>1314</v>
+      </c>
+      <c r="O155" s="6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="Q155" s="9" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="5">
+        <v>282</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C156" s="5"/>
+      <c r="D156" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F156" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G156" s="6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K156" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L156" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M156" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O156" s="6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="P156" s="6" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A157" s="5">
+        <v>319</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D157" s="5"/>
+      <c r="E157" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F157" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G157" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H157" s="6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K157" s="6" t="s">
+        <v>1137</v>
+      </c>
+      <c r="L157" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M157" s="7" t="s">
+        <v>1330</v>
+      </c>
+      <c r="O157" s="6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P157" s="6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="Q157" s="6" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A158" s="5">
+        <v>370</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D158" s="5"/>
+      <c r="E158" s="6" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G158" s="6" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="K158" s="6" t="s">
+        <v>1137</v>
+      </c>
+      <c r="L158" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M158" s="7" t="s">
+        <v>1330</v>
+      </c>
+      <c r="O158" s="6" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q158" s="9" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="5">
+        <v>246</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D159" s="5"/>
+      <c r="E159" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="F159" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="G159" s="6" t="s">
+        <v>995</v>
+      </c>
+      <c r="H159" s="6" t="s">
+        <v>996</v>
+      </c>
+      <c r="K159" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="L159" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="M159" s="7" t="s">
+        <v>997</v>
+      </c>
+      <c r="O159" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="P159" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="Q159" s="6" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A160" s="5">
+        <v>178</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C160" s="5"/>
+      <c r="D160" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>741</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>742</v>
+      </c>
+      <c r="G160" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="H160" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="K160" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="L160" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M160" s="7" t="s">
+        <v>745</v>
+      </c>
+      <c r="O160" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="P160" s="6" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A161" s="5">
+        <v>201</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D161" s="5"/>
+      <c r="E161" s="6" t="s">
+        <v>819</v>
+      </c>
+      <c r="F161" s="6" t="s">
+        <v>742</v>
+      </c>
+      <c r="G161" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="H161" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="K161" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="L161" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M161" s="7" t="s">
+        <v>745</v>
+      </c>
+      <c r="O161" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="P161" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="Q161" s="6" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="5">
+        <v>371</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D162" s="5"/>
+      <c r="E162" s="6" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="G162" s="6" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H162" s="6" t="s">
+        <v>1571</v>
+      </c>
+      <c r="K162" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L162" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M162" s="7" t="s">
+        <v>1572</v>
+      </c>
+      <c r="O162" s="6" t="s">
+        <v>1586</v>
+      </c>
+      <c r="P162" s="6" t="s">
+        <v>1573</v>
+      </c>
+      <c r="Q162" s="9" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="5">
+        <v>326</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C163" s="5"/>
+      <c r="D163" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G163" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H163" s="6" t="s">
+        <v>1355</v>
+      </c>
+      <c r="K163" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L163" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M163" s="7" t="s">
+        <v>698</v>
+      </c>
+      <c r="O163" s="6" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P163" s="6" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="9">
+        <v>346</v>
+      </c>
+      <c r="B164" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C164" s="9"/>
+      <c r="D164" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E164" s="9" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F164" s="9" t="s">
+        <v>1405</v>
+      </c>
+      <c r="G164" s="9" t="s">
+        <v>1406</v>
+      </c>
+      <c r="H164" s="9" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I164" s="9"/>
+      <c r="J164" s="9"/>
+      <c r="K164" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L164" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M164" s="8">
+        <v>48083</v>
+      </c>
+      <c r="N164" s="8"/>
+      <c r="O164" s="8" t="s">
+        <v>1408</v>
+      </c>
+      <c r="P164" s="8" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="9">
+        <v>347</v>
+      </c>
+      <c r="B165" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D165" s="9"/>
+      <c r="E165" s="9" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F165" s="9" t="s">
+        <v>1405</v>
+      </c>
+      <c r="G165" s="9" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H165" s="9" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I165" s="9"/>
+      <c r="J165" s="9"/>
+      <c r="K165" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L165" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M165" s="8">
+        <v>48083</v>
+      </c>
+      <c r="N165" s="8"/>
+      <c r="O165" s="8" t="s">
+        <v>1411</v>
+      </c>
+      <c r="P165" s="8" t="s">
+        <v>1409</v>
+      </c>
+      <c r="Q165" s="6" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="5">
+        <v>253</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D166" s="5"/>
+      <c r="E166" s="6" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H166" s="6" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K166" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L166" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M166" s="7" t="s">
+        <v>850</v>
+      </c>
+      <c r="O166" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P166" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="Q166" s="6" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A167" s="5">
+        <v>323</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D167" s="5"/>
+      <c r="E167" s="6" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G167" s="6" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H167" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="K167" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L167" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M167" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="O167" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="P167" s="6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="Q167" s="6" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="5">
+        <v>129</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D168" s="5"/>
+      <c r="E168" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="G168" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="H168" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="K168" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="L168" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M168" s="7">
+        <v>48326</v>
+      </c>
+      <c r="O168" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="Q168" s="6" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="5">
+        <v>291</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D169" s="5"/>
+      <c r="E169" s="6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H169" s="6" t="s">
+        <v>1199</v>
+      </c>
+      <c r="K169" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L169" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M169" s="7" t="s">
+        <v>1200</v>
+      </c>
+      <c r="O169" s="7" t="s">
+        <v>1201</v>
+      </c>
+      <c r="Q169" s="9" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="5">
+        <v>198</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C170" s="5"/>
+      <c r="D170" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>807</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="G170" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="H170" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="K170" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L170" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M170" s="7" t="s">
+        <v>710</v>
+      </c>
+      <c r="O170" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="P170" s="6" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A171" s="5">
+        <v>138</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D171" s="5"/>
+      <c r="E171" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="G171" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="H171" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="K171" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L171" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M171" s="7">
+        <v>48304</v>
+      </c>
+      <c r="O171" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="P171" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="Q171" s="6" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="5">
+        <v>308</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G172" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H172" s="6" t="s">
+        <v>1280</v>
+      </c>
+      <c r="I172" s="6" t="s">
+        <v>1281</v>
+      </c>
+      <c r="K172" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="L172" s="6" t="s">
+        <v>1283</v>
+      </c>
+      <c r="M172" s="7" t="s">
+        <v>1284</v>
+      </c>
+      <c r="O172" s="6" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P172" s="6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="Q172" s="6" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A173" s="5">
+        <v>156</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C173" s="5"/>
+      <c r="D173" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="G173" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="H173" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="K173" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L173" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M173" s="7" t="s">
+        <v>698</v>
+      </c>
+      <c r="O173" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="P173" s="6" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="5">
+        <v>238</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D174" s="5"/>
+      <c r="E174" s="6" t="s">
+        <v>950</v>
+      </c>
+      <c r="F174" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="K174" s="6" t="s">
+        <v>953</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M174" s="7" t="s">
+        <v>954</v>
+      </c>
+      <c r="O174" s="6" t="s">
+        <v>955</v>
+      </c>
+      <c r="Q174" s="6" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A175" s="5">
+        <v>21001</v>
+      </c>
+      <c r="B175" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" s="5"/>
+      <c r="E175" s="6" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>1519</v>
+      </c>
+      <c r="G175" s="6" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="I175" s="6" t="s">
+        <v>1520</v>
+      </c>
+      <c r="K175" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L175" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M175" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="O175" s="6" t="s">
+        <v>1521</v>
+      </c>
+      <c r="Q175" s="9" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="5">
+        <v>261</v>
+      </c>
+      <c r="B176" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D176" s="5"/>
+      <c r="E176" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F176" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="G176" s="6" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H176" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="K176" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L176" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M176" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O176" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P176" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="Q176" s="9" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A177" s="5">
+        <v>119</v>
+      </c>
+      <c r="B177" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D177" s="5"/>
+      <c r="E177" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="G177" s="6" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="K177" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L177" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M177" s="7">
+        <v>48226</v>
+      </c>
+      <c r="O177" s="6" t="s">
+        <v>1585</v>
+      </c>
+      <c r="P177" s="6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="Q177" s="9" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A178" s="5">
+        <v>94</v>
+      </c>
+      <c r="B178" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D178" s="5"/>
+      <c r="E178" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="F178" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="G178" s="6" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="I178" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="K178" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L178" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M178" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N178" s="7"/>
+      <c r="O178" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="P178" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="Q178" s="6" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A179" s="5">
+        <v>315</v>
+      </c>
+      <c r="B179" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D179" s="5"/>
+      <c r="E179" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F179" s="6" t="s">
+        <v>1303</v>
+      </c>
+      <c r="G179" s="6" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H179" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="K179" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L179" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M179" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O179" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="P179" s="6" t="s">
+        <v>1307</v>
+      </c>
+      <c r="Q179" s="6" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A180" s="5">
+        <v>240</v>
+      </c>
+      <c r="B180" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D180" s="5"/>
+      <c r="E180" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="F180" s="6" t="s">
+        <v>966</v>
+      </c>
+      <c r="G180" s="6" t="s">
+        <v>967</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>968</v>
+      </c>
+      <c r="K180" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="L180" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="M180" s="7" t="s">
+        <v>969</v>
+      </c>
+      <c r="O180" s="6" t="s">
+        <v>970</v>
+      </c>
+      <c r="P180" s="6" t="s">
+        <v>971</v>
+      </c>
+      <c r="Q180" s="9" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A181" s="5">
+        <v>289</v>
+      </c>
+      <c r="B181" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D181" s="5"/>
+      <c r="E181" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F181" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G181" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="K181" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L181" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M181" s="7" t="s">
+        <v>1187</v>
+      </c>
+      <c r="Q181" s="6" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="5">
+        <v>318</v>
+      </c>
+      <c r="B182" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C182" s="5"/>
+      <c r="D182" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F182" s="6" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H182" s="6" t="s">
+        <v>1324</v>
+      </c>
+      <c r="K182" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L182" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M182" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="O182" s="6" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A183" s="5">
+        <v>200320</v>
+      </c>
+      <c r="B183" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>1547</v>
+      </c>
+      <c r="G183" s="6" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H183" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="K183" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L183" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M183" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="O183" s="6" t="s">
+        <v>1549</v>
+      </c>
+      <c r="P183" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="Q183" s="9" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="5">
+        <v>88</v>
+      </c>
+      <c r="B184" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C184" s="5"/>
+      <c r="D184" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="G184" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="K184" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L184" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M184" s="7">
+        <v>48226</v>
+      </c>
+      <c r="P184" s="6" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="185" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="5">
+        <v>88.2</v>
+      </c>
+      <c r="B185" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D185" s="5"/>
+      <c r="E185" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="F185" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="G185" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="H185" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="K185" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L185" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M185" s="7">
+        <v>48226</v>
+      </c>
+      <c r="Q185" s="6" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="5">
+        <v>88.1</v>
+      </c>
+      <c r="B186" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D186" s="5"/>
+      <c r="E186" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="F186" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="G186" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="K186" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L186" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M186" s="7">
+        <v>48226</v>
+      </c>
+      <c r="Q186" s="6" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="5">
+        <v>359</v>
+      </c>
+      <c r="B187" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D187" s="5"/>
+      <c r="E187" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F187" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="G187" s="6" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H187" s="6" t="s">
+        <v>1460</v>
+      </c>
+      <c r="K187" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="L187" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M187" s="7" t="s">
+        <v>1462</v>
+      </c>
+      <c r="O187" s="6" t="s">
+        <v>1463</v>
+      </c>
+      <c r="Q187" s="9" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A188" s="5">
+        <v>213</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D188" s="5"/>
+      <c r="E188" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="F188" s="6" t="s">
+        <v>847</v>
+      </c>
+      <c r="G188" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="K188" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L188" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M188" s="7" t="s">
+        <v>850</v>
+      </c>
+      <c r="O188" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="P188" s="6" t="s">
+        <v>852</v>
+      </c>
+      <c r="Q188" s="6" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="5">
+        <v>300</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D189" s="5"/>
+      <c r="E189" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="F189" s="6" t="s">
+        <v>1241</v>
+      </c>
+      <c r="G189" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H189" s="6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="K189" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L189" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M189" s="7" t="s">
+        <v>1244</v>
+      </c>
+      <c r="O189" s="6" t="s">
+        <v>1245</v>
+      </c>
+      <c r="P189" s="6" t="s">
+        <v>1246</v>
+      </c>
+      <c r="Q189" s="9" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A190" s="5">
+        <v>287</v>
+      </c>
+      <c r="B190" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D190" s="5"/>
+      <c r="E190" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F190" s="6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G190" s="6" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H190" s="6" t="s">
+        <v>1171</v>
+      </c>
+      <c r="K190" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="L190" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M190" s="7" t="s">
+        <v>1173</v>
+      </c>
+      <c r="O190" s="6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="Q190" s="6" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="5">
+        <v>161</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D191" s="5"/>
+      <c r="E191" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="F191" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="G191" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="H191" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="K191" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L191" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M191" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O191" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="Q191" s="6" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="5">
+        <v>206</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D192" s="5"/>
+      <c r="E192" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="F192" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="G192" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="K192" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L192" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M192" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O192" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="Q192" s="6" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A193" s="5">
+        <v>160</v>
+      </c>
+      <c r="B193" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D193" s="5"/>
+      <c r="E193" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="F193" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="G193" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="H193" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="K193" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L193" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M193" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="O193" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="P193" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="Q193" s="6" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A194" s="5">
+        <v>225</v>
+      </c>
+      <c r="B194" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D194" s="5"/>
+      <c r="E194" s="6" t="s">
+        <v>895</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="G194" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="K194" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="L194" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M194" s="7" t="s">
+        <v>710</v>
+      </c>
+      <c r="O194" s="6" t="s">
+        <v>899</v>
+      </c>
+      <c r="Q194" s="6" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17" s="6" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A195" s="5">
+        <v>122</v>
+      </c>
+      <c r="B195" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D195" s="5"/>
+      <c r="E195" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="G195" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="H195" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="K195" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L195" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M195" s="7">
+        <v>48304</v>
+      </c>
+      <c r="O195" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q195" s="6" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A196" s="5">
+        <v>76</v>
+      </c>
+      <c r="B196" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D196" s="5"/>
+      <c r="E196" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="G196" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="H196" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="I196" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="J196" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="K196" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L196" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M196" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N196" s="7"/>
+      <c r="O196" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="P196" s="12" t="s">
+        <v>397</v>
+      </c>
+      <c r="Q196" s="6" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="5">
+        <v>53</v>
+      </c>
+      <c r="B197" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D197" s="5"/>
+      <c r="E197" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="G197" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="H197" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="K197" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="L197" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M197" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="N197" s="7"/>
+      <c r="P197" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="Q197" s="6" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="5">
+        <v>54</v>
+      </c>
+      <c r="B198" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D198" s="5"/>
+      <c r="E198" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="G198" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="H198" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="K198" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L198" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M198" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="N198" s="7"/>
+      <c r="P198" s="12" t="s">
+        <v>291</v>
+      </c>
+      <c r="Q198" s="6" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="5">
+        <v>56</v>
+      </c>
+      <c r="B199" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C199" s="5"/>
+      <c r="D199" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F199" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="G199" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="H199" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="K199" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L199" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M199" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="N199" s="7"/>
+      <c r="P199" s="12" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="5">
+        <v>55</v>
+      </c>
+      <c r="B200" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C200" s="5"/>
+      <c r="D200" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F200" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="G200" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="H200" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="K200" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="L200" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M200" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="N200" s="7"/>
+      <c r="P200" s="12"/>
+    </row>
+    <row r="201" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A201" s="5">
+        <v>365</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C201" s="5"/>
+      <c r="D201" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F201" s="6" t="s">
+        <v>1484</v>
+      </c>
+      <c r="G201" s="6" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H201" s="6" t="s">
+        <v>1486</v>
+      </c>
+      <c r="K201" s="6" t="s">
+        <v>1487</v>
+      </c>
+      <c r="L201" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M201" s="7" t="s">
+        <v>1488</v>
+      </c>
+      <c r="O201" s="6" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="5">
+        <v>228</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C202" s="5"/>
+      <c r="D202" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="F202" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="H202" s="19" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I202" s="19"/>
+      <c r="J202" s="19"/>
+      <c r="K202" s="13" t="s">
+        <v>403</v>
+      </c>
+      <c r="L202" s="13" t="s">
+        <v>404</v>
+      </c>
+      <c r="M202" s="13" t="s">
+        <v>1621</v>
+      </c>
+      <c r="O202" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="P202" s="6" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="5">
+        <v>245</v>
+      </c>
+      <c r="B203" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D203" s="5"/>
+      <c r="E203" s="9" t="s">
+        <v>987</v>
+      </c>
+      <c r="F203" s="6" t="s">
+        <v>988</v>
+      </c>
+      <c r="G203" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="H203" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="K203" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="L203" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M203" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="O203" s="6" t="s">
+        <v>991</v>
+      </c>
+      <c r="P203" s="6" t="s">
+        <v>992</v>
+      </c>
+      <c r="Q203" s="6" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="204" spans="1:17" s="6" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A204" s="5">
+        <v>295</v>
+      </c>
+      <c r="B204" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C204" s="5"/>
+      <c r="D204" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F204" s="6" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G204" s="6" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H204" s="6" t="s">
+        <v>1215</v>
+      </c>
+      <c r="K204" s="6" t="s">
+        <v>1216</v>
+      </c>
+      <c r="L204" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="M204" s="7" t="s">
+        <v>1217</v>
+      </c>
+      <c r="O204" s="6" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P204" s="6" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="205" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A205" s="5">
+        <v>317</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D205" s="5"/>
+      <c r="E205" s="6" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>1318</v>
+      </c>
+      <c r="G205" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H205" s="6" t="s">
+        <v>1320</v>
+      </c>
+      <c r="K205" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L205" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M205" s="7" t="s">
+        <v>710</v>
+      </c>
+      <c r="O205" s="6" t="s">
+        <v>1321</v>
+      </c>
+      <c r="Q205" s="9" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="5">
+        <v>72</v>
+      </c>
+      <c r="B206" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D206" s="5"/>
+      <c r="E206" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F206" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="G206" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="H206" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="K206" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="L206" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M206" s="7" t="s">
+        <v>371</v>
+      </c>
+      <c r="N206" s="7"/>
+      <c r="P206" s="12" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q206" s="6" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="207" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="9">
+        <v>349</v>
+      </c>
+      <c r="B207" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C207" s="9"/>
+      <c r="D207" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E207" s="9" t="s">
+        <v>615</v>
+      </c>
+      <c r="F207" s="9" t="s">
+        <v>1413</v>
+      </c>
+      <c r="G207" s="9" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H207" s="9" t="s">
+        <v>1415</v>
+      </c>
+      <c r="I207" s="9"/>
+      <c r="J207" s="9"/>
+      <c r="K207" s="8" t="s">
+        <v>1416</v>
+      </c>
+      <c r="L207" s="8" t="s">
+        <v>499</v>
+      </c>
+      <c r="M207" s="8">
+        <v>31210</v>
+      </c>
+      <c r="N207" s="8"/>
+      <c r="O207" s="8"/>
+      <c r="P207" s="8"/>
+    </row>
+    <row r="208" spans="1:17" s="6" customFormat="1" ht="293.25" x14ac:dyDescent="0.2">
+      <c r="A208" s="5">
+        <v>293</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D208" s="5"/>
+      <c r="E208" s="6" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F208" s="6" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G208" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H208" s="6" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K208" s="6" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L208" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M208" s="7" t="s">
+        <v>1208</v>
+      </c>
+      <c r="O208" s="6" t="s">
+        <v>1209</v>
+      </c>
+      <c r="P208" s="6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="Q208" s="6" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="209" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A209" s="5">
+        <v>271</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C209" s="5"/>
+      <c r="D209" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E209" s="6" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G209" s="6" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H209" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="K209" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L209" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M209" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="O209" s="6" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P209" s="6" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="210" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="5">
+        <v>57</v>
+      </c>
+      <c r="B210" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C210" s="5"/>
+      <c r="D210" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="G210" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="H210" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="K210" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L210" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M210" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="N210" s="7"/>
+      <c r="P210" s="12"/>
+    </row>
+    <row r="211" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="5">
+        <v>87</v>
+      </c>
+      <c r="B211" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D211" s="5"/>
+      <c r="E211" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="F211" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="G211" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="H211" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="I211" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="K211" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L211" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M211" s="7">
+        <v>10005</v>
+      </c>
+      <c r="P211" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="Q211" s="6" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="212" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="5">
+        <v>159</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C212" s="5"/>
+      <c r="D212" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="G212" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="H212" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="K212" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="L212" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M212" s="7" t="s">
+        <v>710</v>
+      </c>
+      <c r="O212" s="6" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A213" s="9">
+        <v>350</v>
+      </c>
+      <c r="B213" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D213" s="9"/>
+      <c r="E213" s="9" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F213" s="9" t="s">
+        <v>870</v>
+      </c>
+      <c r="G213" s="9" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H213" s="9" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I213" s="9" t="s">
+        <v>1420</v>
+      </c>
+      <c r="J213" s="9"/>
+      <c r="K213" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="L213" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M213" s="8">
+        <v>60606</v>
+      </c>
+      <c r="N213" s="8"/>
+      <c r="O213" s="8" t="s">
+        <v>881</v>
+      </c>
+      <c r="P213" s="8" t="s">
+        <v>882</v>
+      </c>
+      <c r="Q213" s="6" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="5">
+        <v>221</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C214" s="5"/>
+      <c r="D214" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E214" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="G214" s="6" t="s">
+        <v>878</v>
+      </c>
+      <c r="H214" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="K214" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L214" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M214" s="7" t="s">
+        <v>880</v>
+      </c>
+      <c r="O214" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="P214" s="6" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="215" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="5">
+        <v>220</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D215" s="5"/>
+      <c r="E215" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="G215" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="H215" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="K215" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="L215" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M215" s="7" t="s">
+        <v>874</v>
+      </c>
+      <c r="O215" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="P215" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="Q215" s="6" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A216" s="5">
+        <v>128</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D216" s="5"/>
+      <c r="E216" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="F216" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="G216" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="H216" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="K216" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="L216" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M216" s="7">
+        <v>48335</v>
+      </c>
+      <c r="O216" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="P216" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q216" s="6" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="217" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="5">
+        <v>302</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C217" s="5"/>
+      <c r="D217" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E217" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F217" s="9" t="s">
+        <v>1255</v>
+      </c>
+      <c r="G217" s="9" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H217" s="9" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I217" s="9" t="s">
+        <v>1258</v>
+      </c>
+      <c r="K217" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="L217" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M217" s="8" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="5">
+        <v>60</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D218" s="5"/>
+      <c r="E218" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F218" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="G218" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="H218" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="K218" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L218" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M218" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N218" s="7"/>
+      <c r="P218" s="12" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q218" s="6" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="5">
+        <v>58</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C219" s="5"/>
+      <c r="D219" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E219" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F219" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="G219" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="H219" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="K219" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L219" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M219" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N219" s="7"/>
+      <c r="P219" s="12" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="5">
+        <v>59</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D220" s="5"/>
+      <c r="E220" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F220" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="G220" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="H220" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="K220" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L220" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M220" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="N220" s="7"/>
+      <c r="P220" s="12" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q220" s="6" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="5">
+        <v>298</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D221" s="5"/>
+      <c r="E221" s="6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F221" s="6" t="s">
+        <v>1229</v>
+      </c>
+      <c r="G221" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H221" s="6" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K221" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L221" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M221" s="7" t="s">
+        <v>1231</v>
+      </c>
+      <c r="O221" s="6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="P221" s="6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="Q221" s="9" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A222" s="5">
+        <v>368</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C222" s="5"/>
+      <c r="D222" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E222" s="6" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F222" s="6" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G222" s="6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H222" s="6" t="s">
+        <v>1498</v>
+      </c>
+      <c r="K222" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L222" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M222" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="O222" s="6" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A223" s="5">
+        <v>258</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D223" s="5"/>
+      <c r="E223" s="6" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F223" s="6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G223" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H223" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="K223" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L223" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M223" s="7" t="s">
+        <v>440</v>
+      </c>
+      <c r="O223" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P223" s="6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="Q223" s="9" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A224" s="5">
+        <v>21003</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D224" s="5"/>
+      <c r="E224" s="6" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F224" s="6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H224" s="6" t="s">
+        <v>1531</v>
+      </c>
+      <c r="K224" s="6" t="s">
+        <v>1532</v>
+      </c>
+      <c r="L224" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M224" s="7" t="s">
+        <v>1533</v>
+      </c>
+      <c r="O224" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="Q224" s="9" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="225" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="5">
+        <v>299</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D225" s="5"/>
+      <c r="E225" s="6" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F225" s="6" t="s">
+        <v>1235</v>
+      </c>
+      <c r="G225" s="6" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H225" s="6" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K225" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L225" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M225" s="7" t="s">
+        <v>1238</v>
+      </c>
+      <c r="O225" s="6" t="s">
+        <v>1239</v>
+      </c>
+      <c r="Q225" s="6" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="226" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="5">
+        <v>101</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C226" s="5"/>
+      <c r="D226" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E226" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="F226" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="G226" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="H226" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="K226" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="L226" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="M226" s="7">
+        <v>20005</v>
+      </c>
+      <c r="O226" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="P226" s="6" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="5">
+        <v>106</v>
+      </c>
+      <c r="B227" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C227" s="5"/>
+      <c r="D227" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E227" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="F227" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="G227" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="H227" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="K227" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="L227" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="M227" s="7">
+        <v>20005</v>
+      </c>
+      <c r="O227" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="P227" s="6" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="5">
+        <v>103</v>
+      </c>
+      <c r="B228" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C228" s="5"/>
+      <c r="D228" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E228" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="F228" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="G228" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="H228" s="6" t="s">
+        <v>1634</v>
+      </c>
+      <c r="K228" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="L228" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M228" s="7" t="s">
+        <v>1633</v>
+      </c>
+      <c r="O228" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="P228" s="6" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="229" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="5">
+        <v>82</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C229" s="5"/>
+      <c r="D229" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E229" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="F229" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="G229" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="H229" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="K229" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="L229" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="M229" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="N229" s="7"/>
+      <c r="P229" s="12" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A230" s="5">
+        <v>81</v>
+      </c>
+      <c r="B230" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D230" s="5"/>
+      <c r="E230" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="F230" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="G230" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="H230" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="K230" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="L230" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M230" s="7" t="s">
+        <v>428</v>
+      </c>
+      <c r="N230" s="7"/>
+      <c r="P230" s="12" t="s">
+        <v>429</v>
+      </c>
+      <c r="Q230" s="9" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="231" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="5">
+        <v>216</v>
+      </c>
+      <c r="B231" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D231" s="5"/>
+      <c r="E231" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>862</v>
+      </c>
+      <c r="G231" s="6" t="s">
+        <v>863</v>
+      </c>
+      <c r="H231" s="6" t="s">
+        <v>864</v>
+      </c>
+      <c r="K231" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="L231" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="M231" s="7" t="s">
+        <v>866</v>
+      </c>
+      <c r="O231" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="Q231" s="6" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="232" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A232" s="5">
+        <v>192</v>
+      </c>
+      <c r="B232" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D232" s="5"/>
+      <c r="E232" s="6" t="s">
         <v>775</v>
       </c>
-      <c r="F25" s="2" t="s">
-[...49 lines deleted...]
-      <c r="K26" s="2" t="s">
+      <c r="F232" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="G232" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="H232" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="I232" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="J232" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="K232" s="6" t="s">
+        <v>781</v>
+      </c>
+      <c r="L232" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="M232" s="7" t="s">
+        <v>783</v>
+      </c>
+      <c r="O232" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="P232" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="Q232" s="6" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="233" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="5">
+        <v>185</v>
+      </c>
+      <c r="B233" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D233" s="5"/>
+      <c r="E233" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="F233" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="G233" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="H233" s="6" t="s">
+        <v>758</v>
+      </c>
+      <c r="K233" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L233" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M233" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="O233" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="Q233" s="6" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="234" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A234" s="5">
+        <v>180</v>
+      </c>
+      <c r="B234" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D234" s="5"/>
+      <c r="E234" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="F234" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="G234" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="H234" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="I234" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="K234" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L234" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M234" s="7" t="s">
+        <v>511</v>
+      </c>
+      <c r="O234" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="P234" s="6" t="s">
+        <v>754</v>
+      </c>
+      <c r="Q234" s="6" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="235" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A235" s="5">
+        <v>97</v>
+      </c>
+      <c r="B235" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D235" s="5"/>
+      <c r="E235" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="F235" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="H235" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="I235" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="K235" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L235" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M235" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="N235" s="7"/>
+      <c r="Q235" s="6" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="236" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A236" s="5">
+        <v>288</v>
+      </c>
+      <c r="B236" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D236" s="5"/>
+      <c r="E236" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F236" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G236" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H236" s="6" t="s">
+        <v>1179</v>
+      </c>
+      <c r="K236" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L236" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M236" s="7" t="s">
+        <v>1180</v>
+      </c>
+      <c r="O236" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="Q236" s="6" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="237" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A237" s="5">
+        <v>237</v>
+      </c>
+      <c r="B237" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D237" s="5"/>
+      <c r="E237" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="F237" s="6" t="s">
+        <v>944</v>
+      </c>
+      <c r="G237" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="H237" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="K237" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L237" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M237" s="7" t="s">
+        <v>698</v>
+      </c>
+      <c r="O237" s="6" t="s">
+        <v>947</v>
+      </c>
+      <c r="P237" s="6" t="s">
+        <v>948</v>
+      </c>
+      <c r="Q237" s="6" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="238" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A238" s="5">
+        <v>322</v>
+      </c>
+      <c r="B238" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D238" s="5"/>
+      <c r="E238" s="6" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F238" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G238" s="6" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H238" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="K238" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L238" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M238" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="O238" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P238" s="6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="Q238" s="6" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="239" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="5">
+        <v>290</v>
+      </c>
+      <c r="B239" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D239" s="5"/>
+      <c r="E239" s="6" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F239" s="6" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H239" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K239" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L239" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M239" s="7" t="s">
+        <v>1192</v>
+      </c>
+      <c r="O239" s="6" t="s">
+        <v>1193</v>
+      </c>
+      <c r="P239" s="6" t="s">
+        <v>1194</v>
+      </c>
+      <c r="Q239" s="6" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="5">
+        <v>276</v>
+      </c>
+      <c r="B240" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D240" s="5"/>
+      <c r="E240" s="6" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F240" s="6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H240" s="6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K240" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L240" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M240" s="7" t="s">
+        <v>1144</v>
+      </c>
+      <c r="O240" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="Q240" s="6" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="241" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="5">
+        <v>61</v>
+      </c>
+      <c r="B241" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C241" s="5"/>
+      <c r="D241" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E241" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F241" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="G241" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="H241" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="K241" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M26" s="3" t="s">
+      <c r="L241" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M241" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="N241" s="7"/>
+      <c r="P241" s="12" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="242" spans="1:33" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A242" s="5">
+        <v>286</v>
+      </c>
+      <c r="B242" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C242" s="5"/>
+      <c r="D242" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E242" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F242" s="6" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G242" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H242" s="6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="I242" s="6" t="s">
+        <v>1168</v>
+      </c>
+      <c r="K242" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="L242" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="M242" s="14">
+        <v>48202</v>
+      </c>
+      <c r="N242" s="14"/>
+      <c r="O242" s="14"/>
+      <c r="P242" s="14"/>
+    </row>
+    <row r="243" spans="1:33" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A243" s="5">
+        <v>3</v>
+      </c>
+      <c r="B243" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D243" s="5"/>
+      <c r="E243" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F243" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G243" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H243" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K243" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L243" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="M243" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N243" s="7"/>
+      <c r="Q243" s="6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="244" spans="1:33" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A244" s="5">
+        <v>90</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C244" s="5"/>
+      <c r="D244" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E244" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="G244" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="H244" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="I244" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="J244" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="K244" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L244" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M244" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="O26" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A27" s="8">
+      <c r="N244" s="7"/>
+      <c r="O244" s="6"/>
+      <c r="P244" s="6"/>
+      <c r="Q244" s="6"/>
+      <c r="R244" s="6"/>
+      <c r="S244" s="6"/>
+      <c r="T244" s="6"/>
+      <c r="U244" s="6"/>
+      <c r="V244" s="6"/>
+      <c r="W244" s="6"/>
+      <c r="X244" s="6"/>
+      <c r="Y244" s="6"/>
+      <c r="Z244" s="6"/>
+      <c r="AA244" s="6"/>
+      <c r="AB244" s="6"/>
+      <c r="AC244" s="6"/>
+      <c r="AD244" s="6"/>
+      <c r="AE244" s="6"/>
+      <c r="AF244" s="6"/>
+      <c r="AG244" s="6"/>
+    </row>
+    <row r="245" spans="1:33" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A245" s="5">
+        <v>89</v>
+      </c>
+      <c r="B245" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C245" s="5"/>
+      <c r="D245" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E245" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="F245" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="G245" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="H245" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="I245" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="J245" s="6"/>
+      <c r="K245" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L245" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M245" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N245" s="7"/>
+      <c r="O245" s="6"/>
+      <c r="P245" s="6"/>
+      <c r="Q245" s="6"/>
+      <c r="R245" s="6"/>
+      <c r="S245" s="6"/>
+      <c r="T245" s="6"/>
+      <c r="U245" s="6"/>
+      <c r="V245" s="6"/>
+      <c r="W245" s="6"/>
+      <c r="X245" s="6"/>
+      <c r="Y245" s="6"/>
+      <c r="Z245" s="6"/>
+      <c r="AA245" s="6"/>
+      <c r="AB245" s="6"/>
+      <c r="AC245" s="6"/>
+      <c r="AD245" s="6"/>
+      <c r="AE245" s="6"/>
+      <c r="AF245" s="6"/>
+      <c r="AG245" s="6"/>
+    </row>
+    <row r="246" spans="1:33" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="5">
+        <v>367</v>
+      </c>
+      <c r="B246" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D246" s="5"/>
+      <c r="E246" s="6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F246" s="6" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G246" s="6"/>
+      <c r="H246" s="6" t="s">
+        <v>1492</v>
+      </c>
+      <c r="I246" s="6"/>
+      <c r="J246" s="6"/>
+      <c r="K246" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="L246" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M246" s="7" t="s">
+        <v>716</v>
+      </c>
+      <c r="N246" s="6"/>
+      <c r="O246" s="6" t="s">
+        <v>1493</v>
+      </c>
+      <c r="P246" s="6"/>
+      <c r="Q246" s="6" t="s">
+        <v>1494</v>
+      </c>
+      <c r="R246" s="6"/>
+      <c r="S246" s="6"/>
+      <c r="T246" s="6"/>
+      <c r="U246" s="6"/>
+      <c r="V246" s="6"/>
+      <c r="W246" s="6"/>
+      <c r="X246" s="6"/>
+      <c r="Y246" s="6"/>
+      <c r="Z246" s="6"/>
+      <c r="AA246" s="6"/>
+      <c r="AB246" s="6"/>
+      <c r="AC246" s="6"/>
+      <c r="AD246" s="6"/>
+      <c r="AE246" s="6"/>
+      <c r="AF246" s="6"/>
+      <c r="AG246" s="6"/>
+    </row>
+    <row r="247" spans="1:33" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="5">
+        <v>259</v>
+      </c>
+      <c r="B247" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D247" s="5"/>
+      <c r="E247" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F247" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G247" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H247" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="I247" s="6"/>
+      <c r="J247" s="6"/>
+      <c r="K247" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="L247" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M247" s="7" t="s">
+        <v>1067</v>
+      </c>
+      <c r="N247" s="6"/>
+      <c r="O247" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="P247" s="6"/>
+      <c r="Q247" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="R247" s="6"/>
+      <c r="S247" s="6"/>
+      <c r="T247" s="6"/>
+      <c r="U247" s="6"/>
+      <c r="V247" s="6"/>
+      <c r="W247" s="6"/>
+      <c r="X247" s="6"/>
+      <c r="Y247" s="6"/>
+      <c r="Z247" s="6"/>
+      <c r="AA247" s="6"/>
+      <c r="AB247" s="6"/>
+      <c r="AC247" s="6"/>
+      <c r="AD247" s="6"/>
+      <c r="AE247" s="6"/>
+      <c r="AF247" s="6"/>
+      <c r="AG247" s="6"/>
+    </row>
+    <row r="248" spans="1:33" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A248" s="5">
+        <v>157</v>
+      </c>
+      <c r="B248" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C248" s="5"/>
+      <c r="D248" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E248" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="F248" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="G248" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="H248" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="I248" s="6"/>
+      <c r="J248" s="6"/>
+      <c r="K248" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L248" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M248" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N248" s="6"/>
+      <c r="O248" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="P248" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="Q248" s="6"/>
+      <c r="R248" s="6"/>
+      <c r="S248" s="6"/>
+      <c r="T248" s="6"/>
+      <c r="U248" s="6"/>
+      <c r="V248" s="6"/>
+      <c r="W248" s="6"/>
+      <c r="X248" s="6"/>
+      <c r="Y248" s="6"/>
+      <c r="Z248" s="6"/>
+      <c r="AA248" s="6"/>
+      <c r="AB248" s="6"/>
+      <c r="AC248" s="6"/>
+      <c r="AD248" s="6"/>
+      <c r="AE248" s="6"/>
+      <c r="AF248" s="6"/>
+      <c r="AG248" s="6"/>
+    </row>
+    <row r="249" spans="1:33" s="9" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A249" s="11">
+        <v>141</v>
+      </c>
+      <c r="B249" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D249" s="11"/>
+      <c r="E249" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="F249" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="G249" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="H249" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="I249" s="6"/>
+      <c r="J249" s="6"/>
+      <c r="K249" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="L249" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M249" s="7">
+        <v>48126</v>
+      </c>
+      <c r="N249" s="6"/>
+      <c r="O249" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="P249" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="Q249" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="R249" s="6"/>
+      <c r="S249" s="6"/>
+      <c r="T249" s="6"/>
+      <c r="U249" s="6"/>
+      <c r="V249" s="6"/>
+      <c r="W249" s="6"/>
+      <c r="X249" s="6"/>
+      <c r="Y249" s="6"/>
+      <c r="Z249" s="6"/>
+      <c r="AA249" s="6"/>
+      <c r="AB249" s="6"/>
+      <c r="AC249" s="6"/>
+      <c r="AD249" s="6"/>
+      <c r="AE249" s="6"/>
+      <c r="AF249" s="6"/>
+      <c r="AG249" s="6"/>
+    </row>
+    <row r="250" spans="1:33" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A250" s="5">
+        <v>355</v>
+      </c>
+      <c r="B250" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D250" s="5"/>
+      <c r="E250" s="6" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F250" s="6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G250" s="6" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H250" s="6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I250" s="6"/>
+      <c r="J250" s="6"/>
+      <c r="K250" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L250" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M250" s="7" t="s">
+        <v>1441</v>
+      </c>
+      <c r="N250" s="6"/>
+      <c r="O250" s="6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="P250" s="6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="Q250" s="6" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="251" spans="1:33" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A251" s="5">
+        <v>2</v>
+      </c>
+      <c r="B251" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E251" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F251" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G251" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="B27" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="2" t="s">
+      <c r="H251" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="I251" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K251" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L251" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M251" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N251" s="7"/>
+      <c r="O251" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="P251" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q251" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="R251" s="9"/>
+      <c r="S251" s="9"/>
+      <c r="T251" s="9"/>
+      <c r="U251" s="9"/>
+      <c r="V251" s="9"/>
+      <c r="W251" s="9"/>
+      <c r="X251" s="9"/>
+      <c r="Y251" s="9"/>
+      <c r="Z251" s="9"/>
+      <c r="AA251" s="9"/>
+      <c r="AB251" s="9"/>
+      <c r="AC251" s="9"/>
+      <c r="AD251" s="9"/>
+      <c r="AE251" s="9"/>
+      <c r="AF251" s="9"/>
+      <c r="AG251" s="9"/>
+    </row>
+    <row r="252" spans="1:33" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A252" s="5">
+        <v>1</v>
+      </c>
+      <c r="B252" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C252" s="5"/>
+      <c r="D252" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E252" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F252" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="G252" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="H252" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="I252" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J252" s="6"/>
+      <c r="K252" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L252" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M252" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N252" s="7"/>
+      <c r="O252" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="P252" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q252" s="6"/>
+    </row>
+    <row r="253" spans="1:33" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A253" s="5">
+        <v>2.5</v>
+      </c>
+      <c r="B253" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C253" s="5"/>
+      <c r="D253" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E253" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F253" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G253" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H253" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="I253" s="6"/>
+      <c r="J253" s="6"/>
+      <c r="K253" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L253" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="M253" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N253" s="7"/>
+      <c r="O253" s="6"/>
+      <c r="P253" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q253" s="6"/>
+    </row>
+    <row r="254" spans="1:33" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="5">
+        <v>65</v>
+      </c>
+      <c r="B254" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C254" s="5"/>
+      <c r="D254" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E254" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...8 lines deleted...]
-      <c r="K27" s="2" t="s">
+      <c r="F254" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="G254" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="H254" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="I254" s="6"/>
+      <c r="J254" s="6"/>
+      <c r="K254" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="L254" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M254" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="N254" s="7"/>
+      <c r="O254" s="6"/>
+      <c r="P254" s="12" t="s">
+        <v>341</v>
+      </c>
+      <c r="Q254" s="6"/>
+    </row>
+    <row r="255" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="5">
+        <v>66</v>
+      </c>
+      <c r="B255" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C255" s="5"/>
+      <c r="D255" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E255" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F255" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="G255" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="H255" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="K255" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="L255" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M255" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="N255" s="7"/>
+      <c r="P255" s="12" t="s">
+        <v>341</v>
+      </c>
+      <c r="R255" s="9"/>
+      <c r="S255" s="9"/>
+      <c r="T255" s="9"/>
+      <c r="U255" s="9"/>
+      <c r="V255" s="9"/>
+      <c r="W255" s="9"/>
+      <c r="X255" s="9"/>
+      <c r="Y255" s="9"/>
+      <c r="Z255" s="9"/>
+      <c r="AA255" s="9"/>
+      <c r="AB255" s="9"/>
+      <c r="AC255" s="9"/>
+      <c r="AD255" s="9"/>
+      <c r="AE255" s="9"/>
+      <c r="AF255" s="9"/>
+      <c r="AG255" s="9"/>
+    </row>
+    <row r="256" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="5">
+        <v>63</v>
+      </c>
+      <c r="B256" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D256" s="5"/>
+      <c r="E256" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F256" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="G256" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="H256" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="K256" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="M27" s="3" t="s">
+      <c r="L256" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M256" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N256" s="7"/>
+      <c r="P256" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q256" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="R256" s="9"/>
+      <c r="S256" s="9"/>
+      <c r="T256" s="9"/>
+      <c r="U256" s="9"/>
+      <c r="V256" s="9"/>
+      <c r="W256" s="9"/>
+      <c r="X256" s="9"/>
+      <c r="Y256" s="9"/>
+      <c r="Z256" s="9"/>
+      <c r="AA256" s="9"/>
+      <c r="AB256" s="9"/>
+      <c r="AC256" s="9"/>
+      <c r="AD256" s="9"/>
+      <c r="AE256" s="9"/>
+      <c r="AF256" s="9"/>
+      <c r="AG256" s="9"/>
+    </row>
+    <row r="257" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="5">
+        <v>64</v>
+      </c>
+      <c r="B257" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D257" s="5"/>
+      <c r="E257" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F257" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="G257" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="H257" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="K257" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L257" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M257" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="N27" s="3"/>
-[...26 lines deleted...]
-      <c r="K28" s="2" t="s">
+      <c r="N257" s="7"/>
+      <c r="Q257" s="6" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="258" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="5">
+        <v>62</v>
+      </c>
+      <c r="B258" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C258" s="5"/>
+      <c r="D258" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E258" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F258" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="G258" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="H258" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="K258" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L258" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M258" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="N258" s="7"/>
+      <c r="P258" s="12" t="s">
+        <v>326</v>
+      </c>
+      <c r="R258" s="9"/>
+      <c r="S258" s="9"/>
+      <c r="T258" s="9"/>
+      <c r="U258" s="9"/>
+      <c r="V258" s="9"/>
+      <c r="W258" s="9"/>
+      <c r="X258" s="9"/>
+      <c r="Y258" s="9"/>
+      <c r="Z258" s="9"/>
+      <c r="AA258" s="9"/>
+      <c r="AB258" s="9"/>
+      <c r="AC258" s="9"/>
+      <c r="AD258" s="9"/>
+      <c r="AE258" s="9"/>
+      <c r="AF258" s="9"/>
+      <c r="AG258" s="9"/>
+    </row>
+    <row r="259" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="5">
+        <v>194</v>
+      </c>
+      <c r="B259" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C259" s="5"/>
+      <c r="D259" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E259" s="6" t="s">
+        <v>795</v>
+      </c>
+      <c r="F259" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="G259" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="H259" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="K259" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L259" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M259" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O259" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="R259" s="9"/>
+      <c r="S259" s="9"/>
+      <c r="T259" s="9"/>
+      <c r="U259" s="9"/>
+      <c r="V259" s="9"/>
+      <c r="W259" s="9"/>
+      <c r="X259" s="9"/>
+      <c r="Y259" s="9"/>
+      <c r="Z259" s="9"/>
+      <c r="AA259" s="9"/>
+      <c r="AB259" s="9"/>
+      <c r="AC259" s="9"/>
+      <c r="AD259" s="9"/>
+      <c r="AE259" s="9"/>
+      <c r="AF259" s="9"/>
+      <c r="AG259" s="9"/>
+    </row>
+    <row r="260" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="5">
+        <v>67</v>
+      </c>
+      <c r="B260" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D260" s="5"/>
+      <c r="E260" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F260" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="G260" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="H260" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="K260" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="L260" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M260" s="7" t="s">
+        <v>347</v>
+      </c>
+      <c r="N260" s="7"/>
+      <c r="Q260" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="R260" s="9"/>
+      <c r="S260" s="9"/>
+      <c r="T260" s="9"/>
+      <c r="U260" s="9"/>
+      <c r="V260" s="9"/>
+      <c r="W260" s="9"/>
+      <c r="X260" s="9"/>
+      <c r="Y260" s="9"/>
+      <c r="Z260" s="9"/>
+      <c r="AA260" s="9"/>
+      <c r="AB260" s="9"/>
+      <c r="AC260" s="9"/>
+      <c r="AD260" s="9"/>
+      <c r="AE260" s="9"/>
+      <c r="AF260" s="9"/>
+      <c r="AG260" s="9"/>
+    </row>
+    <row r="261" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="5">
+        <v>70</v>
+      </c>
+      <c r="B261" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C261" s="5"/>
+      <c r="D261" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E261" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F261" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="G261" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="H261" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="K261" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L261" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M261" s="7" t="s">
+        <v>361</v>
+      </c>
+      <c r="N261" s="7"/>
+      <c r="P261" s="12"/>
+    </row>
+    <row r="262" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="5">
+        <v>69</v>
+      </c>
+      <c r="B262" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C262" s="5"/>
+      <c r="D262" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E262" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F262" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="G262" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="H262" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="K262" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="L262" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M262" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="N262" s="7"/>
+      <c r="P262" s="12" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="263" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="5">
+        <v>68</v>
+      </c>
+      <c r="B263" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C263" s="5"/>
+      <c r="D263" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E263" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F263" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="G263" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="H263" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="K263" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L263" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M263" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="N263" s="7"/>
+      <c r="P263" s="12"/>
+    </row>
+    <row r="264" spans="1:33" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A264" s="5">
+        <v>250</v>
+      </c>
+      <c r="B264" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D264" s="5"/>
+      <c r="E264" s="6" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="G264" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H264" s="6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K264" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L264" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M264" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="O264" s="6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P264" s="6" t="s">
+        <v>859</v>
+      </c>
+      <c r="Q264" s="6" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="265" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="5">
+        <v>244</v>
+      </c>
+      <c r="B265" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C265" s="5"/>
+      <c r="D265" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E265" s="9" t="s">
+        <v>615</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="G265" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="H265" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="K265" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="L265" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="M265" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="O265" s="6" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="266" spans="1:33" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A266" s="5">
+        <v>132</v>
+      </c>
+      <c r="B266" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D266" s="5"/>
+      <c r="E266" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="F266" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="G266" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="H266" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="K266" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="L266" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M266" s="7">
+        <v>49503</v>
+      </c>
+      <c r="O266" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="P266" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q266" s="6" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="267" spans="1:33" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A267" s="5">
+        <v>21000</v>
+      </c>
+      <c r="B267" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D267" s="5"/>
+      <c r="E267" s="6" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F267" s="6" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G267" s="6" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H267" s="6" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I267" s="6" t="s">
+        <v>1516</v>
+      </c>
+      <c r="K267" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="L267" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M267" s="7" t="s">
+        <v>1093</v>
+      </c>
+      <c r="Q267" s="6" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="268" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="5">
+        <v>235</v>
+      </c>
+      <c r="B268" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D268" s="5"/>
+      <c r="E268" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F268" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="G268" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="H268" s="6" t="s">
+        <v>934</v>
+      </c>
+      <c r="K268" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="L268" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="M268" s="7" t="s">
+        <v>935</v>
+      </c>
+      <c r="O268" s="6" t="s">
+        <v>936</v>
+      </c>
+      <c r="P268" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="Q268" s="6" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="269" spans="1:33" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A269" s="5">
+        <v>80</v>
+      </c>
+      <c r="B269" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" s="5"/>
+      <c r="E269" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F269" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="G269" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="H269" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="K269" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L269" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M269" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="N269" s="7"/>
+      <c r="P269" s="12" t="s">
+        <v>421</v>
+      </c>
+      <c r="Q269" s="6" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="270" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="5">
+        <v>236</v>
+      </c>
+      <c r="B270" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D270" s="5"/>
+      <c r="E270" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F270" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="G270" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="H270" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="K270" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L270" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M270" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="O270" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="P270" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="Q270" s="6" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="271" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="5">
+        <v>200325</v>
+      </c>
+      <c r="B271" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D271" s="5"/>
+      <c r="E271" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F271" s="6" t="s">
+        <v>1609</v>
+      </c>
+      <c r="G271" s="6" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H271" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K271" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="L271" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M271" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="O271" s="6" t="s">
+        <v>1613</v>
+      </c>
+      <c r="Q271" s="9" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="272" spans="1:33" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="5">
+        <v>234</v>
+      </c>
+      <c r="B272" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D272" s="5"/>
+      <c r="E272" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="F272" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="G272" s="6" t="s">
+        <v>928</v>
+      </c>
+      <c r="H272" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="K272" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="L272" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M272" s="7" t="s">
+        <v>745</v>
+      </c>
+      <c r="O272" s="6" t="s">
+        <v>930</v>
+      </c>
+      <c r="P272" s="6" t="s">
+        <v>931</v>
+      </c>
+      <c r="Q272" s="6" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="273" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A273" s="5">
+        <v>78</v>
+      </c>
+      <c r="B273" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D273" s="5"/>
+      <c r="E273" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="F273" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="G273" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="H273" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="K273" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="L273" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="M273" s="7" t="s">
+        <v>405</v>
+      </c>
+      <c r="N273" s="7"/>
+      <c r="P273" s="12" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q273" s="6" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="274" spans="1:17" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="5">
+        <v>140</v>
+      </c>
+      <c r="B274" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C274" s="5"/>
+      <c r="D274" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E274" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="F274" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="G274" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="H274" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="K274" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="L274" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="M274" s="7" t="s">
+        <v>668</v>
+      </c>
+      <c r="O274" s="6" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="275" spans="1:17" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A275" s="5">
+        <v>254</v>
+      </c>
+      <c r="B275" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D275" s="5"/>
+      <c r="E275" s="6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F275" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G275" s="6" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H275" s="6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K275" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="L275" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M275" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="O275" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P275" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="Q275" s="6" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="276" spans="1:17" s="6" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A276" s="5">
+        <v>279</v>
+      </c>
+      <c r="B276" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D276" s="5"/>
+      <c r="E276" s="6" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F276" s="6" t="s">
+        <v>1148</v>
+      </c>
+      <c r="G276" s="6" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H276" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="K276" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="L276" s="6" t="s">
         <v>434</v>
       </c>
-      <c r="L28" s="2" t="s">
+      <c r="M276" s="7" t="s">
         <v>435</v>
       </c>
-      <c r="M28" s="3" t="s">
-[...9539 lines deleted...]
-      <c r="O275" s="2" t="s">
+      <c r="O276" s="6" t="s">
         <v>1151</v>
       </c>
-      <c r="Q275" s="2" t="s">
+      <c r="Q276" s="6" t="s">
         <v>1152</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:Q1" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...2 lines deleted...]
-    <sortCondition ref="G2:G275"/>
+  <autoFilter ref="A1:Q275" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:AG276">
+    <sortCondition ref="F2:F276"/>
+    <sortCondition ref="G2:G276"/>
   </sortState>
   <printOptions horizontalCentered="1" gridLines="1"/>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
-  <pageSetup scale="35" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.25" right="0.25" top="1" bottom="0.75" header="0.5" footer="0.5"/>
+  <pageSetup scale="40" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;C&amp;"Arial,Bold"General &amp;&amp; Special Service List</oddHeader>
+    <oddHeader>&amp;C&amp;"Arial,Bold"Exhibit 
+Served via</oddHeader>
     <oddFooter>&amp;LIn re City of Detroit, Michigan
 Case No. 13-53846 &amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>General &amp; Special Service List</vt:lpstr>
       <vt:lpstr>'General &amp; Special Service List'!Print_Area</vt:lpstr>
-      <vt:lpstr>'General &amp; Special Service List'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>kcc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">